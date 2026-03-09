--- v0 (2026-01-21)
+++ v1 (2026-03-09)
@@ -14,52 +14,50 @@
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
     <w:p w14:paraId="5C057145" w14:textId="29D6BD95" w:rsidR="00E913F9" w:rsidRDefault="00346B6E" w:rsidP="00346B6E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00346B6E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Практика №5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E33B421" w14:textId="77777777" w:rsidR="00BA5812" w:rsidRDefault="00BA5812" w:rsidP="00346B6E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="53C1096D" w14:textId="77777777" w:rsidR="00BA5812" w:rsidRPr="00BA5812" w:rsidRDefault="00BA5812" w:rsidP="00BA5812">
@@ -10509,54 +10507,54 @@
           <w:color w:val="000000"/>
           <w:position w:val="-30"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:object w:dxaOrig="2340" w:dyaOrig="680" w14:anchorId="5D1519CC">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:137.85pt;height:40.65pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:137.5pt;height:40.4pt" o:ole="">
             <v:imagedata r:id="rId5" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1802733018" r:id="rId6"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1834528685" r:id="rId6"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="658FF67B" w14:textId="0FC3906E" w:rsidR="008F4D9D" w:rsidRPr="00BA5812" w:rsidRDefault="00356628" w:rsidP="00356628">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -10660,176 +10658,856 @@
         <w:t xml:space="preserve">С </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>дорівнює</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="008F4D9D" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B8F0BF2" w14:textId="55362245" w:rsidR="008F4D9D" w:rsidRPr="0094492F" w:rsidRDefault="008F4D9D" w:rsidP="00356628">
+    <w:p w14:paraId="2B8F0BF2" w14:textId="5F4C7CC0" w:rsidR="008F4D9D" w:rsidRPr="0094492F" w:rsidRDefault="008F4D9D" w:rsidP="00FF6B76">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="0"/>
-        <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B14A34" w:rsidRPr="006F0D5B">
-[...13 lines deleted...]
-      </w:r>
+      <m:oMath>
+        <m:sSub>
+          <m:sSubPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:sSubPr>
+          <m:e>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>δ</m:t>
+            </m:r>
+          </m:e>
+          <m:sub>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>метод</m:t>
+            </m:r>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:sub>
+        </m:sSub>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>=</m:t>
+        </m:r>
+        <m:f>
+          <m:fPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:fPr>
+          <m:num>
+            <m:sSub>
+              <m:sSubPr>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                    <w:i/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:sSubPr>
+              <m:e>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <m:t>Δ</m:t>
+                </m:r>
+              </m:e>
+              <m:sub>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <m:t>U</m:t>
+                </m:r>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:i/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:sub>
+            </m:sSub>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:num>
+          <m:den>
+            <m:sSub>
+              <m:sSubPr>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:i/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:sSubPr>
+              <m:e>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <m:t>U</m:t>
+                </m:r>
+              </m:e>
+              <m:sub>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                    <w:lang w:val="uk-UA"/>
+                  </w:rPr>
+                  <m:t>в</m:t>
+                </m:r>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <m:t>им</m:t>
+                </m:r>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                    <w:i/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:sub>
+            </m:sSub>
+          </m:den>
+        </m:f>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>⋅</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>100%=</m:t>
+        </m:r>
+        <m:f>
+          <m:fPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:fPr>
+          <m:num>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>U</m:t>
+            </m:r>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>-</m:t>
+            </m:r>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>E</m:t>
+            </m:r>
+          </m:num>
+          <m:den>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>U</m:t>
+            </m:r>
+          </m:den>
+        </m:f>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>⋅</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>100%=...=</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>-</m:t>
+        </m:r>
+        <m:f>
+          <m:fPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:fPr>
+          <m:num>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>R</m:t>
+            </m:r>
+          </m:num>
+          <m:den>
+            <m:sSub>
+              <m:sSubPr>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:i/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:sSubPr>
+              <m:e>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <m:t>R</m:t>
+                </m:r>
+              </m:e>
+              <m:sub>
+                <m:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    <w:color w:val="000000"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <m:t>V</m:t>
+                </m:r>
+              </m:sub>
+            </m:sSub>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:den>
+        </m:f>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>⋅</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>100%=</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>-</m:t>
+        </m:r>
+        <m:f>
+          <m:fPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:fPr>
+          <m:num>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>350</m:t>
+            </m:r>
+          </m:num>
+          <m:den>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>30000</m:t>
+            </m:r>
+          </m:den>
+        </m:f>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>⋅</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>100%=</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>-</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>1,17%,</m:t>
+        </m:r>
+      </m:oMath>
     </w:p>
-    <w:p w14:paraId="49C68966" w14:textId="2F2C6547" w:rsidR="008F4D9D" w:rsidRPr="00BA5812" w:rsidRDefault="008F4D9D" w:rsidP="00356628">
+    <w:p w14:paraId="49C68966" w14:textId="201F7A5A" w:rsidR="008F4D9D" w:rsidRPr="00BA5812" w:rsidRDefault="008F4D9D" w:rsidP="00FF6B76">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0"/>
-        <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>тод</w:t>
       </w:r>
       <w:r w:rsidR="00356628">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> поправка</w:t>
-[...35 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> поправка: </w:t>
+      </w:r>
+      <m:oMath>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>C</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>=</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>-</m:t>
+        </m:r>
+        <m:sSub>
+          <m:sSubPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:sSubPr>
+          <m:e>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>Δ</m:t>
+            </m:r>
+          </m:e>
+          <m:sub>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <m:t>метод</m:t>
+            </m:r>
+          </m:sub>
+        </m:sSub>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>=</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>-</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>(</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>U</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>-Е</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>)=</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>-</m:t>
+        </m:r>
+        <m:sSub>
+          <m:sSubPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:sSubPr>
+          <m:e>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>δ</m:t>
+            </m:r>
+          </m:e>
+          <m:sub>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <m:t>метод</m:t>
+            </m:r>
+          </m:sub>
+        </m:sSub>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>⋅</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t>U</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>=0,0117</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>⋅</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>2,15</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>В</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>=0,02</m:t>
+        </m:r>
+        <m:sSub>
+          <m:sSubPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:sSubPr>
+          <m:e>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <m:t>5</m:t>
+            </m:r>
+          </m:e>
+          <m:sub/>
+        </m:sSub>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>В</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>.</m:t>
+        </m:r>
+      </m:oMath>
     </w:p>
-    <w:p w14:paraId="6091DB14" w14:textId="6D4A7DD7" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="008F4D9D" w:rsidP="00B14A34">
+    <w:p w14:paraId="6091DB14" w14:textId="2248F70A" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="008F4D9D" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -11053,50 +11731,61 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>відхилення</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006D74DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00B14A34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>норм</w:t>
       </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 1 мА </w:t>
       </w:r>
       <w:r w:rsidR="006D74DA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -12831,51 +13520,51 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51131F02" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
+    <w:p w14:paraId="51131F02" w14:textId="29D4778B" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
@@ -12896,50 +13585,60 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B14A34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65996332" w14:textId="4A44BB53" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="000737ED" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
@@ -12998,105 +13697,107 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:oval w14:anchorId="00628D7C" id="Oval 56" o:spid="_x0000_s1026" style="position:absolute;margin-left:2in;margin-top:8.55pt;width:36pt;height:36pt;z-index:-251632640;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD8DAfFEQIAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uOEzEMfUfiH6K802mrdhdGna5WXYqQ&#10;FnalhQ9wM5lORCYOTtpp+XqcTLeUi3hA5CGyY+fE59hZ3Bw6K/aagkFXycloLIV2CmvjtpX8/Gn9&#10;6rUUIYKrwaLTlTzqIG+WL18sel/qKbZoa02CQVwoe1/JNkZfFkVQre4gjNBrx8EGqYPILm2LmqBn&#10;9M4W0/H4quiRak+odAh8ejcE5TLjN41W8aFpgo7CVpJri3mnvG/SXiwXUG4JfGvUqQz4hyo6MI4f&#10;PUPdQQSxI/MbVGcUYcAmjhR2BTaNUTpzYDaT8S9snlrwOnNhcYI/yxT+H6z6uH8kYWru3VwKBx33&#10;6GEPVsyvkja9DyWnPPlHSuyCv0f1JQiHqxbcVt8SYd9qqLmiScovfrqQnMBXxab/gDUjwy5ilunQ&#10;UJcAWQBxyN04nruhD1EoPpzNr7nDUigOnez0ApTPlz2F+E5jJ5JRSW2t8SHpBSXs70Mcsp+zcv1o&#10;Tb021maHtpuVJcFsK7nOK1Ngmpdp1ome2U2vuZa/Y4zz+hMG4c7VXA6USay3JzuCsYPNpKw7qZcE&#10;G4TfYH1k8QiHqeVfxkaL9E2Knie2kuHrDkhLYd87bsCbyWyWRjw7WTAp6DKyuYyAUwxVySjFYK7i&#10;8C12nsy25Zcmma7DW25aY7KaqaFDVadieSpzS04/KI39pZ+zfvzz5XcAAAD//wMAUEsDBBQABgAI&#10;AAAAIQBHuHe+3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqJMipWka&#10;p0JVK/WCEIULNyfeJhHxOrLdNPD1LCc47sxo9k25ne0gJvShd6QgXSQgkBpnemoVvL8dHnIQIWoy&#10;enCECr4wwLa6vSl1YdyVXnE6xVZwCYVCK+hiHAspQ9Oh1WHhRiT2zs5bHfn0rTReX7ncDnKZJJm0&#10;uif+0OkRdx02n6eLVYCr5+M+s4d19jLvTfpx9LvvqVbq/m5+2oCIOMe/MPziMzpUzFS7C5kgBgXL&#10;POctkY1VCoIDj1nCQq0gX6cgq1L+X1D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPwM&#10;B8URAgAALwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AEe4d77fAAAACQEAAA8AAAAAAAAAAAAAAAAAawQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" strokeweight="1pt"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="487F5C57" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
+    <w:p w14:paraId="487F5C57" w14:textId="4DD97118" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
       <w:r w:rsidRPr="00B14A34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C96ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>живл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:vertAlign w:val="subscript"/>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">           </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>б</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="59065404" w14:textId="3EB8B768" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="000737ED" w:rsidP="00B14A34">
@@ -13953,51 +14654,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CD895CE" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BF7DF25" w14:textId="513C6646" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="006D74DA" w:rsidP="006D74DA">
+    <w:p w14:paraId="2BF7DF25" w14:textId="513C6646" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="00DC4DB5" w:rsidP="006D74DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
@@ -14817,51 +15518,51 @@
         </w:rPr>
         <w:t>вн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ювати</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4289F05A" w14:textId="77777777" w:rsidR="00363748" w:rsidRPr="00B14A34" w:rsidRDefault="00363748" w:rsidP="00363748">
+    <w:p w14:paraId="4289F05A" w14:textId="77777777" w:rsidR="00363748" w:rsidRPr="00B14A34" w:rsidRDefault="00DC4DB5" w:rsidP="00363748">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
@@ -15177,61 +15878,67 @@
                 </w:rPr>
                 <m:t>0</m:t>
               </m:r>
             </m:e>
             <m:sub/>
           </m:sSub>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>В</m:t>
           </m:r>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>,</m:t>
           </m:r>
           <m:r>
+            <m:rPr>
+              <m:sty m:val="p"/>
+            </m:rPr>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:br/>
           </m:r>
         </m:oMath>
         <m:oMath>
           <m:r>
+            <m:rPr>
+              <m:sty m:val="p"/>
+            </m:rPr>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:br/>
           </m:r>
         </m:oMath>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
             <m:e>
               <m:r>
                 <w:rPr>
@@ -15834,51 +16541,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A6D82C8" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00CA230D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="663F09DF" w14:textId="28553711" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00363748" w:rsidP="00363748">
+    <w:p w14:paraId="663F09DF" w14:textId="28553711" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00DC4DB5" w:rsidP="00363748">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
@@ -17082,51 +17789,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>бв</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> буде:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6469BAFB" w14:textId="2043BAB5" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00363748" w:rsidP="00CA230D">
+    <w:p w14:paraId="6469BAFB" w14:textId="2043BAB5" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00DC4DB5" w:rsidP="00CA230D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
@@ -18421,51 +19128,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DBECCB5" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BC0409B" w14:textId="4CBF05AC" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="00E67BB4" w:rsidP="00E67BB4">
+    <w:p w14:paraId="1BC0409B" w14:textId="4CBF05AC" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="00DC4DB5" w:rsidP="00E67BB4">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
@@ -19399,51 +20106,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3176A5D9" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FC54DCD" w14:textId="2390642C" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="00E67BB4" w:rsidP="00E67BB4">
+    <w:p w14:paraId="2FC54DCD" w14:textId="2390642C" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="00DC4DB5" w:rsidP="00E67BB4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
@@ -20248,51 +20955,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="539654E4" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="494385E5" w14:textId="0E87B0C3" w:rsidR="00B14A34" w:rsidRDefault="00E67BB4" w:rsidP="00E67BB4">
+    <w:p w14:paraId="494385E5" w14:textId="0E87B0C3" w:rsidR="00B14A34" w:rsidRDefault="00DC4DB5" w:rsidP="00E67BB4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
@@ -20891,88 +21598,88 @@
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                     <w:lang w:val="ru-RU"/>
                   </w:rPr>
                   <m:t>8</m:t>
                 </m:r>
               </m:den>
             </m:f>
           </m:den>
         </m:f>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <m:t>=-0,0343347≈-3,4%</m:t>
         </m:r>
       </m:oMath>
-      <w:r w:rsidRPr="00E67BB4">
+      <w:r w:rsidR="00E67BB4" w:rsidRPr="00E67BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00E67BB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">    і</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0694EFA7" w14:textId="77777777" w:rsidR="00E67BB4" w:rsidRPr="00E67BB4" w:rsidRDefault="00E67BB4" w:rsidP="00E67BB4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E747E94" w14:textId="100CEC63" w:rsidR="00CA230D" w:rsidRPr="00CA230D" w:rsidRDefault="00E67BB4" w:rsidP="00CA230D">
+    <w:p w14:paraId="3E747E94" w14:textId="100CEC63" w:rsidR="00CA230D" w:rsidRPr="00CA230D" w:rsidRDefault="00DC4DB5" w:rsidP="00CA230D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
@@ -21726,96 +22433,96 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00B14A34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:position w:val="-16"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:object w:dxaOrig="1600" w:dyaOrig="420" w14:anchorId="7BC10255">
-          <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:80.25pt;height:20.55pt" o:ole="">
-            <v:imagedata r:id="rId11" o:title=""/>
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:80.35pt;height:20.45pt" o:ole="">
+            <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1802733021" r:id="rId12"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1834528686" r:id="rId8"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A16AD5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B14A34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:position w:val="-16"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:object w:dxaOrig="1680" w:dyaOrig="420" w14:anchorId="36836C71">
-          <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:84.35pt;height:20.55pt" o:ole="">
-            <v:imagedata r:id="rId13" o:title=""/>
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:84.1pt;height:20.45pt" o:ole="">
+            <v:imagedata r:id="rId9" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1802733022" r:id="rId14"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1834528687" r:id="rId10"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="21B163C7" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D4D8B3B" w14:textId="47957087" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00E67BB4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
@@ -22972,65 +23679,64 @@
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
       <w:r w:rsidR="00FB1193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ювання</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DB79454" w14:textId="3419BB6D" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00FB1193" w:rsidP="00B14A34">
+    <w:p w14:paraId="1DB79454" w14:textId="3419BB6D" w:rsidR="00B14A34" w:rsidRPr="00FF6B76" w:rsidRDefault="00FB1193" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AE404BD" wp14:editId="7E7DD322">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1988820</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>137603</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1828800" cy="1371600"/>
                 <wp:effectExtent l="13335" t="6985" r="15240" b="12065"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="Group 31"/>
@@ -23421,496 +24127,480 @@
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="3150FB18" id="Group 31" o:spid="_x0000_s1026" style="position:absolute;margin-left:156.6pt;margin-top:10.85pt;width:2in;height:108pt;z-index:-251634688" coordorigin="4266,774" coordsize="2880,2160" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkY+JySwQAAB4bAAAOAAAAZHJzL2Uyb0RvYy54bWzsWVtv2zYYfR+w/0DwfbF1sWULUYoiTYIB&#10;2Vqs3d5pibpgEqmRdJTs1+/jRbJsp07bwc6yxg8GJYoUec7Hw8NP52/umxrdUSErzhLsnU0xoizl&#10;WcWKBP/+6fqnBUZSEZaRmjOa4Acq8ZuLH38479qY+rzkdUYFgk6YjLs2waVSbTyZyLSkDZFnvKUM&#10;KnMuGqLgUhSTTJAOem/qiT+dzicdF1kreEqlhLvvbCW+MP3nOU3V+zyXVKE6wTA2Zf6F+V/p/8nF&#10;OYkLQdqySt0wyDeMoiEVg5cOXb0jiqC1qPa6aqpUcMlzdZbyZsLzvEqpmQPMxpvuzOZG8HVr5lLE&#10;XdEOMAG0Ozh9c7fpr3cfBKoy4A4jRhqgyLwVBZ7GpmuLGB65Ee3H9oOwE4TiLU//lFA92a3X14V9&#10;GK26X3gG/ZG14gab+1w0uguYNbo3FDwMFNB7hVK46S38xWIKTKVQ5wWRN4cLQ1JaApO6XejP5xhB&#10;dRSFfdWVa64b27Y+tNS1ExLb95qxurHpiUG8yQ2k8t9B+rEkLTVMSY2Xg9TvIX1/R2oU+BZR80QP&#10;p7RYIsYvS8IK+lYI3pWUZDAgwwAMe9RAX0hg4klwZzN/B6Qe4ch3COnCGCASt0KqG8obpAsJpnVd&#10;tVJPi8Tk7lYq+3T/lL4teV1l11VdmwtRrC5rgWCyCb42P/eCrcdqhjqYnB8Bs4f7mJrfY33AwmCZ&#10;CQuN1ZUrK1LVtgys18zEp8XLEr7i2QNgJ7iVAZAtKJRc/I1RBxKQYPnXmgiKUf0zA/yXXhhqzTAX&#10;4cwAJ8Y1q3ENYSl0lWCFkS1eKqsz61ZURQlv8sx0GX8LCyKvDJqaTzsqN1iIyRMFZ7AdnMEJg3NY&#10;wd68X8Kv0eni4DU6zW4U9tF5WzGKAiP0Tgkvmd2J0nvmdqJBPY0Mf3poYdfZEk/b5LB4ohzU7o9+&#10;lbo9Kpw7GfU8OwYS95HqVHQGEnFQRWuYwCEJZVzrp9Gy51ZGPQ8N0ulEaLZN82wkQs9Csx8snaf4&#10;fmh2jm0we868gH3Y8oNzy83x/OA8WljLsr/WAvBy1hFqb2jWymAHo2BviabllfODew2f0w5GPaK/&#10;wbEEzF4NwhaNIv7YnnCD1N62O+D0pCkUMPZDcrZl9eTpHGFTKThI1lWTYIgR+NkwebWHT54yHz+7&#10;wLndLn+7AS9GcXpKZY5mUysK36Myn+CIutymefncNO9r///dZ23yEic6+HmA6GhpW/96XG+tj/n7&#10;jjo0CZGNo16CaJtd/tVRf0l28HHd9oY8nhHu0KXxTA7pSMI9YndIO3mL2Y6RHvJOL4hdpMxZUonK&#10;2DVIEyW4oRkkiChku3XJHv0+m2s6/YnKG5KOlv9x0vH4/A/nZX+5e172A51M02ndFxQA/z16h7Sd&#10;pXectjs+vXM//NwR7SUu769h12zT8BHGfFFwH4z0V57xtUmfbD5rXfwDAAD//wMAUEsDBBQABgAI&#10;AAAAIQD3037N4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BSsNAEIbvgu+wjODNbjbBRtJs&#10;SinqqQi2gvS2TaZJaHY2ZLdJ+vaOJz3OPx//fJOvZ9uJEQffOtKgFhEIpNJVLdUavg5vTy8gfDBU&#10;mc4Rarihh3Vxf5ebrHITfeK4D7XgEvKZ0dCE0GdS+rJBa/zC9Ui8O7vBmsDjUMtqMBOX207GUbSU&#10;1rTEFxrT47bB8rK/Wg3vk5k2iXodd5fz9nY8PH987xRq/fgwb1YgAs7hD4ZffVaHgp1O7kqVF52G&#10;RCUxoxpilYJgYBkpDk4cJGkKssjl/xeKHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAk&#10;Y+JySwQAAB4bAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQD3037N4AAAAAoBAAAPAAAAAAAAAAAAAAAAAKUGAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAsgcAAAAA&#10;">
                 <v:oval id="Oval 32" o:spid="_x0000_s1027" style="position:absolute;left:5526;top:774;width:720;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB8IbptxAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvhb6D2EJutewcnNaNYkpIwJcS8nPpbWttbVNrZSTVcfr0USDQ4zAz3zDLcjK9GMn5zrKCLElB&#10;ENdWd9woOB23zy8gfEDW2FsmBRfyUK4eH5ZYaHvmPY2H0IgIYV+ggjaEoZDS1y0Z9IkdiKP3bZ3B&#10;EKVrpHZ4jnDTy3ma5tJgx3GhxYHWLdU/h1+jgBYf1SY329d8N2109lm59d/4pdTsaXp/AxFoCv/h&#10;e7vSCuZwuxJvgFxdAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHwhum3EAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight="1pt"/>
                 <v:oval id="Oval 33" o:spid="_x0000_s1028" style="position:absolute;left:4266;top:1674;width:720;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQATbR/2wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredGOF2KauUkQhFxG1l95es69JaPZt2F1j9Ne7guBxmJlvmPmyN43oyPnasoLJOAFB&#10;XFhdc6ng+7gZvYPwAVljY5kUXMjDcvEymGOm7Zn31B1CKSKEfYYKqhDaTEpfVGTQj21LHL0/6wyG&#10;KF0ptcNzhJtGviVJKg3WHBcqbGlVUfF/OBkFNNvm69RsPtJdv9aTn9ytrt2vUsPX/usTRKA+PMOP&#10;dq4VTOF+Jd4AubgBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAE20f9sMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight="1pt"/>
                 <v:line id="Line 34" o:spid="_x0000_s1029" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="4626,1134" to="4626,1674" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOnY7vwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8Iw&#10;FIX3gv8hXMGNaOowyFhNZRAGBsGFOqDuLs21D5ub0kRb//1EEFwezuPjLFedqcSdGldYVjCdRCCI&#10;U6sLzhT8HX7GXyCcR9ZYWSYFD3KwSvq9Jcbatryj+95nIoywi1FB7n0dS+nSnAy6ia2Jg3exjUEf&#10;ZJNJ3WAbxk0lP6JoJg0WHAg51rTOKb3ubyZAynV23paUHufHetPOpqP2dLopNRx03wsQnjr/Dr/a&#10;v1rBJzyvhBsgk38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjp2O78MAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight="1pt"/>
                 <v:line id="Line 35" o:spid="_x0000_s1030" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="4626,2394" to="4626,2934" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDh0St0wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8Iw&#10;FIX3gv8hXMGNaOrAyFhNZRAGBsGFOqDuLs21D5ub0kRb//1EEFwezuPjLFedqcSdGldYVjCdRCCI&#10;U6sLzhT8HX7GXyCcR9ZYWSYFD3KwSvq9Jcbatryj+95nIoywi1FB7n0dS+nSnAy6ia2Jg3exjUEf&#10;ZJNJ3WAbxk0lP6JoJg0WHAg51rTOKb3ubyZAynV23paUHufHetPOpqP2dLopNRx03wsQnjr/Dr/a&#10;v1rBJzyvhBsgk38AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA4dErdMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" strokeweight="1pt"/>
                 <v:group id="Group 36" o:spid="_x0000_s1031" style="position:absolute;left:6786;top:1134;width:360;height:1800" coordorigin="7326,1134" coordsize="360,1800" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDNCx1fwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bi8Iw&#10;FITvC/6H8ARva1plRapRRFQ8iLAqiLdH82yLzUtpYlv/vVkQ9jjMzDfMfNmZUjRUu8KygngYgSBO&#10;rS44U3A5b7+nIJxH1lhaJgUvcrBc9L7mmGjb8i81J5+JAGGXoILc+yqR0qU5GXRDWxEH725rgz7I&#10;OpO6xjbATSlHUTSRBgsOCzlWtM4pfZyeRsGuxXY1jjfN4XFfv27nn+P1EJNSg363moHw1Pn/8Ke9&#10;1wom8Hcl3AC5eAMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDNCx1fwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;">
                   <v:rect id="Rectangle 37" o:spid="_x0000_s1032" style="position:absolute;left:7326;top:1674;width:360;height:720;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAN2RgQxQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEIvRbP1sOpqFC1ICy0F/6B4e2ye2cXNy5Kkuv32TaHQ4zAzv2Hmy8424kY+1I4VPA8z&#10;EMSl0zUbBYf9ZjABESKyxsYxKfimAMtF72GOhXZ33tJtF41IEA4FKqhibAspQ1mRxTB0LXHyLs5b&#10;jEl6I7XHe4LbRo6yLJcWa04LFbb0UlF53X1ZBevrcfs5NpN33+bTj9en8ynvzEmpx363moGI1MX/&#10;8F/7TSsYw++VdAPk4gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAN2RgQxQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokeweight="1pt"/>
                   <v:line id="Line 38" o:spid="_x0000_s1033" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="7506,2394" to="7506,2934" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAP0ITqwQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LCF5Ks9GD1DQbEUEohR5qBfU2ZKd5NDsbsqtJ/33nUOjx43vn28l16k5DaDwbWCYpKOLS&#10;24YrA6fPw9MzqBCRLXaeycAPBdgWs4ccM+tH/qD7MVZKQjhkaKCOsc+0DmVNDkPie2LhvvzgMAoc&#10;Km0HHCXcdXqVpmvtsGFpqLGnfU3l9/HmpKTdV9f3lsrz5ty/jevl43i53IxZzKfdC6hIU/wX/7lf&#10;rQHZKlfkBujiFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAAAA&#10;AAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA/QhOrBAAAA2gAAAA8AAAAA&#10;AAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD1AgAAAAA=&#10;" strokeweight="1pt"/>
                   <v:line id="Line 39" o:spid="_x0000_s1034" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="7506,1134" to="7506,1674" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBgnCFxwgAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Li8Iw&#10;FIX3gv8hXMGNaKoLsdUoIgwMggsfoO4uzbWtNjelibbz7yeC4PJwHh9nsWpNKV5Uu8KygvEoAkGc&#10;Wl1wpuB0/BnOQDiPrLG0TAr+yMFq2e0sMNG24T29Dj4TYYRdggpy76tESpfmZNCNbEUcvJutDfog&#10;60zqGpswbko5iaKpNFhwIORY0San9HF4mgC5b7Lr7k7pOT5X22Y6HjSXy1Opfq9dz0F4av03/Gn/&#10;agUxvK+EGyCX/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBgnCFxwgAAANoAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight="1pt"/>
                 </v:group>
                 <v:line id="Line 40" o:spid="_x0000_s1035" style="position:absolute;visibility:visible;mso-wrap-style:square" from="4626,1142" to="5526,1142" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDNXuZIxAAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbgIx&#10;DITvSLxDZKTeIEsPVVkIqOqPVNRDxc8DmI272bJxVkkKC09fH5C42ZrxzOfFqvetOlFMTWAD00kB&#10;irgKtuHawH73MX4GlTKyxTYwGbhQgtVyOFhgacOZN3Ta5lpJCKcSDbicu1LrVDnymCahIxbtJ0SP&#10;WdZYaxvxLOG+1Y9F8aQ9NiwNDjt6dVQdt3/ewDoevo7Ta+30gdfxvf1+myX/a8zDqH+Zg8rU57v5&#10;dv1pBV/o5RcZQC//AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM1e5kjEAAAA2wAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight="1pt"/>
                 <v:line id="Line 41" o:spid="_x0000_s1036" style="position:absolute;visibility:visible;mso-wrap-style:square" from="5526,1854" to="6246,1854" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDFLyjqvwAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Ni8Iw&#10;EL0v+B/CCN7WVA+6VKOIoKgHQauIt6EZ22IzKU2s9d8bQdjbPN7nTOetKUVDtSssKxj0IxDEqdUF&#10;ZwpOyer3D4TzyBpLy6TgRQ7ms87PFGNtn3yg5ugzEULYxagg976KpXRpTgZd31bEgbvZ2qAPsM6k&#10;rvEZwk0ph1E0kgYLDg05VrTMKb0fH0ZB2rjGjIeXrVxRsm6ve3veZVapXrddTEB4av2/+Ove6DB/&#10;AJ9fwgFy9gYAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAAAAAA&#10;AAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDFLyjqvwAAANsAAAAPAAAAAAAA&#10;AAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA8wIAAAAA&#10;" strokeweight="1pt">
                   <v:stroke endarrow="block"/>
                 </v:line>
                 <v:line id="Line 42" o:spid="_x0000_s1037" style="position:absolute;visibility:visible;mso-wrap-style:square" from="4626,2934" to="6966,2934" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBSwN2kwgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LbsIw&#10;EN0j9Q7WVGJHHFggSHEi1I9UxKKC9gBDPI0D8TiyXQicvq5Uid08ve+sqsF24kw+tI4VTLMcBHHt&#10;dMuNgq/Pt8kCRIjIGjvHpOBKAaryYbTCQrsL7+i8j41IIRwKVGBi7AspQ23IYshcT5y4b+ctxgR9&#10;I7XHSwq3nZzl+VxabDk1GOzp2VB92v9YBRt/2J6mt8bIA2/8a/fxsgz2qNT4cVg/gYg0xLv43/2u&#10;0/wZ/P2SDpDlLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBSwN2kwgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight="1pt"/>
                 <v:line id="Line 43" o:spid="_x0000_s1038" style="position:absolute;visibility:visible;mso-wrap-style:square" from="6246,1134" to="6966,1134" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA9jHg/wgAAANsAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NagIx&#10;EL4LfYcwhd40awWxW7NLaStUPIi2DzBuxs3qZrIkqa59+kYQvM3H9zvzsretOJEPjWMF41EGgrhy&#10;uuFawc/3YjgDESKyxtYxKbhQgLJ4GMwx1+7MGzptYy1SCIccFZgYu1zKUBmyGEauI07c3nmLMUFf&#10;S+3xnMJtK5+zbCotNpwaDHb0bqg6bn+tgqXfrY7jv9rIHS/9Z7v+eAn2oNTTY//2CiJSH+/im/tL&#10;p/kTuP6SDpDFPwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAALAAAA&#10;AAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA9jHg/wgAAANsAAAAPAAAA&#10;AAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA9gIAAAAA&#10;" strokeweight="1pt"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00DC4DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00DC4DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00DC4DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00DC4DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00DC4DB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00DC4DB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00DC4DB5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00B14A34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00B14A34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26C2254C" w14:textId="7B832EB5" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
+    <w:p w14:paraId="26C2254C" w14:textId="7B832EB5" w:rsidR="00B14A34" w:rsidRPr="00FF6B76" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B14A34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>μ</w:t>
+      </w:r>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                       </w:t>
-[...19 lines deleted...]
-        </w:rPr>
         <w:t>А</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="011D92BB" w14:textId="570A340E" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
+    <w:p w14:paraId="011D92BB" w14:textId="570A340E" w:rsidR="00B14A34" w:rsidRPr="00FF6B76" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5812">
+      <w:r w:rsidRPr="00FF6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                       </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6692B34C" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
+    <w:p w14:paraId="6692B34C" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00FF6B76" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5812">
+      <w:r w:rsidRPr="00FF6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                         </w:t>
       </w:r>
       <w:r w:rsidRPr="00B14A34">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24F560A0" w14:textId="150E36B3" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
+    <w:p w14:paraId="24F560A0" w14:textId="6F5CFCEB" w:rsidR="00B14A34" w:rsidRPr="00FF6B76" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA5812">
+      <w:r w:rsidRPr="00FF6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                           </w:t>
       </w:r>
       <w:r w:rsidR="009A40B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009A40B4" w:rsidRPr="00B14A34">
+      <w:r w:rsidR="00805971">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA230D" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B14A34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                      </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA230D" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+      <w:r w:rsidR="009A40B4" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B14A34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="009A40B4">
-[...95 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="74889C49" w14:textId="4DCD4A60" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
+    <w:p w14:paraId="74889C49" w14:textId="4DCD4A60" w:rsidR="00B14A34" w:rsidRPr="00FF6B76" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="37E08545" w14:textId="1F9B7F94" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
+    <w:p w14:paraId="37E08545" w14:textId="1F9B7F94" w:rsidR="00B14A34" w:rsidRPr="00FF6B76" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B657F82" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
+    <w:p w14:paraId="3B657F82" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00FF6B76" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FD97718" w14:textId="7EE0832D" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00FB1193">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Рисунок 3. Схема </w:t>
+        <w:t>Рисунок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Схема </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FB1193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>им</w:t>
       </w:r>
       <w:r w:rsidR="00FB1193">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -24796,51 +25486,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26E9AACC" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D4A27BA" w14:textId="754739C2" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="009A40B4" w:rsidP="009A40B4">
+    <w:p w14:paraId="6D4A27BA" w14:textId="754739C2" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="00DC4DB5" w:rsidP="009A40B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
@@ -25637,51 +26327,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">:    </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E13D864" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7A612D58" w14:textId="17294889" w:rsidR="00CA230D" w:rsidRDefault="009A40B4" w:rsidP="009A40B4">
+    <w:p w14:paraId="7A612D58" w14:textId="17294889" w:rsidR="00CA230D" w:rsidRDefault="00DC4DB5" w:rsidP="009A40B4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
@@ -26527,60 +27217,51 @@
     </w:p>
     <w:p w14:paraId="3BEAD10E" w14:textId="5E2638D8" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="00BB3FDD" w:rsidP="00BB3FDD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <m:t>Δ</m:t>
-[...8 lines deleted...]
-            <m:t>I=</m:t>
+            <m:t>ΔI=</m:t>
           </m:r>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>±</m:t>
           </m:r>
           <m:f>
             <m:fPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:fPr>
             <m:num>
               <m:sSub>
                 <m:sSubPr>
@@ -27194,54 +27875,54 @@
     </w:p>
     <w:p w14:paraId="7A994CFF" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="00CA230D" w:rsidP="00CA230D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA230D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-30"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:object w:dxaOrig="6220" w:dyaOrig="720" w14:anchorId="6C376644">
-          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:329.15pt;height:38.05pt" o:ole="">
-            <v:imagedata r:id="rId15" o:title=""/>
+          <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:328.9pt;height:38.1pt" o:ole="">
+            <v:imagedata r:id="rId11" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1802733023" r:id="rId16"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1834528688" r:id="rId12"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="662BCF8A" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00B14A34" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39C5D98B" w14:textId="378958D6" w:rsidR="00B14A34" w:rsidRPr="00BB3FDD" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
@@ -28010,804 +28691,956 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA230D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>При</w:t>
       </w:r>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>клад</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CA230D">
+      <w:r w:rsidRPr="00FF6B76">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4.</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-          <w:lang w:val="ru-RU"/>
+      <w:r w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Оц</w:t>
       </w:r>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>нит</w:t>
       </w:r>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кладові</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>с</w:t>
+        <w:t>по</w:t>
       </w:r>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>кладові</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>хибки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вимірювання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сили</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>струму</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>колі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>по</w:t>
+        <w:t>оп</w:t>
       </w:r>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>хибки</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>о</w:t>
+      </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>ром</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 200 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ом</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>допомогою</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>амперметр</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>групи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>експлуатації</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidR="001A5064" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>клас</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>точност</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>діапазоні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t>вимірювання</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0,25 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мА</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>сили</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>який</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> струму </w:t>
-      </w:r>
+        <w:t>ає</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">в </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>внутр</w:t>
+      </w:r>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>колі</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ішній</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оп</w:t>
+      </w:r>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> з</w:t>
+        <w:t>і</w:t>
       </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оп</w:t>
-      </w:r>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ом</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>о</w:t>
+        <w:t>якщо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отримано</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3FDD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>показання</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3FDD" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0,18 </w:t>
       </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ром 200 Ом </w:t>
-[...511 lines deleted...]
-        <w:t xml:space="preserve">0,18 мА. </w:t>
+        <w:t>мА</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14A34" w:rsidRPr="00FF6B76">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Вимірювання</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB3FDD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00BA5812">
         <w:rPr>
@@ -29926,60 +30759,51 @@
     <w:p w14:paraId="5D2CF371" w14:textId="63DF1E4E" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="001A5064" w:rsidP="001A5064">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:lastRenderedPageBreak/>
-            <m:t>Δ</m:t>
-[...8 lines deleted...]
-            <m:t>=</m:t>
+            <m:t>Δ=</m:t>
           </m:r>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>±</m:t>
           </m:r>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
             <m:e>
               <m:r>
                 <w:rPr>
@@ -31078,51 +31902,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>температур</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001A5064">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>на похибка</w:t>
       </w:r>
       <w:r w:rsidRPr="008F4D9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD38771" w14:textId="682CFEDA" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="001A5064" w:rsidP="001A5064">
+    <w:p w14:paraId="3BD38771" w14:textId="682CFEDA" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="00DC4DB5" w:rsidP="001A5064">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
@@ -31754,54 +32578,54 @@
     </w:p>
     <w:p w14:paraId="666EEB22" w14:textId="08B6EFFD" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="00DB2961" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098580B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:object w:dxaOrig="5040" w:dyaOrig="1100" w14:anchorId="2A1F4C17">
-          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:325.05pt;height:69.45pt" o:ole="">
-            <v:imagedata r:id="rId17" o:title=""/>
+          <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:325.15pt;height:69.7pt" o:ole="">
+            <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1802733024" r:id="rId18"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1834528689" r:id="rId14"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="483F6858" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4392CE83" w14:textId="4EE1B85A" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="001A5064" w:rsidP="001A5064">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
@@ -32082,60 +32906,60 @@
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="16D9AF1E" w14:textId="77777777" w:rsidR="001A5064" w:rsidRDefault="001A5064" w:rsidP="001A5064">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6957E836" w14:textId="406F1B3F" w:rsidR="00B14A34" w:rsidRPr="00A956F5" w:rsidRDefault="00B14A34" w:rsidP="00A956F5">
+    <w:p w14:paraId="6957E836" w14:textId="775F1449" w:rsidR="00B14A34" w:rsidRPr="00050E79" w:rsidRDefault="00B14A34" w:rsidP="00A956F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">в) </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00BA5812">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -32240,449 +33064,379 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0098580B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
-              <m:rPr>
-[...1 lines deleted...]
-              </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>δ</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
-              <m:rPr>
-[...1 lines deleted...]
-              </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <m:t>Н</m:t>
             </m:r>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sub>
         </m:sSub>
         <m:r>
-          <m:rPr>
-[...1 lines deleted...]
-          </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <m:t>=</m:t>
         </m:r>
         <m:r>
-          <m:rPr>
-[...1 lines deleted...]
-          </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <m:t>±</m:t>
         </m:r>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
-              <m:rPr>
-[...1 lines deleted...]
-              </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>γ</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
-              <m:rPr>
-[...1 lines deleted...]
-              </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <m:t>кл</m:t>
             </m:r>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sub>
         </m:sSub>
         <m:r>
-          <m:rPr>
-[...1 lines deleted...]
-          </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <m:t>⋅</m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
-                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
-                    <w:b/>
+                    <w:bCs/>
                     <w:i/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
-                  <m:rPr>
-[...1 lines deleted...]
-                  </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="ru-RU"/>
                   </w:rPr>
                   <m:t>Н</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
-                  <m:rPr>
-[...1 lines deleted...]
-                  </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="ru-RU"/>
                   </w:rPr>
-                  <m:t>ви</m:t>
-[...12 lines deleted...]
-                  <m:t>м</m:t>
+                  <m:t>вим</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:num>
           <m:den>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
-                    <w:b/>
+                    <w:bCs/>
                     <w:i/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
-                  <m:rPr>
-[...1 lines deleted...]
-                  </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="ru-RU"/>
                   </w:rPr>
                   <m:t>Н</m:t>
                 </m:r>
               </m:e>
               <m:sub>
                 <m:r>
-                  <m:rPr>
-[...1 lines deleted...]
-                  </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="ru-RU"/>
                   </w:rPr>
                   <m:t>норм</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:den>
         </m:f>
         <m:r>
-          <m:rPr>
-[...1 lines deleted...]
-          </m:rPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>=</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>±</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>0,5%</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+            <w:color w:val="000000"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>⋅</m:t>
+        </m:r>
+        <m:f>
+          <m:fPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:fPr>
+          <m:num>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <m:t>300</m:t>
+            </m:r>
+          </m:num>
+          <m:den>
+            <m:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <m:t>400</m:t>
+            </m:r>
+          </m:den>
+        </m:f>
+        <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <m:t>=</m:t>
         </m:r>
         <m:r>
           <m:rPr>
             <m:sty m:val="bi"/>
           </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <m:t>±</m:t>
         </m:r>
         <m:r>
-          <m:rPr>
-[...97 lines deleted...]
-          </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
           <m:t>0,475%</m:t>
         </m:r>
       </m:oMath>
-      <w:r w:rsidRPr="00BA5812">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00050E79">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C7443CB" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -33106,51 +33860,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64C11FA6" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5FE7FEDE" w14:textId="51E15FEC" w:rsidR="00B14A34" w:rsidRPr="00A956F5" w:rsidRDefault="00A956F5" w:rsidP="00A956F5">
+    <w:p w14:paraId="5FE7FEDE" w14:textId="51E15FEC" w:rsidR="00B14A34" w:rsidRPr="00A956F5" w:rsidRDefault="00DC4DB5" w:rsidP="00A956F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
@@ -33451,51 +34205,51 @@
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>1%,</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="3F19948A" w14:textId="77777777" w:rsidR="00A956F5" w:rsidRPr="008F4D9D" w:rsidRDefault="00A956F5" w:rsidP="00A956F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62296323" w14:textId="0CD758DA" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="00A956F5" w:rsidP="00A956F5">
+    <w:p w14:paraId="62296323" w14:textId="0CD758DA" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="00DC4DB5" w:rsidP="00A956F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
@@ -34673,51 +35427,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> буде:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29BDD60C" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00BA5812" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C946AD" w14:textId="364B96BB" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="00A956F5" w:rsidP="00A956F5">
+    <w:p w14:paraId="72C946AD" w14:textId="364B96BB" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="00DC4DB5" w:rsidP="00A956F5">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
@@ -35856,54 +36610,54 @@
     </w:p>
     <w:p w14:paraId="0EFF2428" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="0098580B" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0098580B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-30"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:object w:dxaOrig="3519" w:dyaOrig="760" w14:anchorId="753568BC">
-          <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:181.05pt;height:38.55pt" o:ole="">
-            <v:imagedata r:id="rId19" o:title=""/>
+          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:181.15pt;height:38.55pt" o:ole="">
+            <v:imagedata r:id="rId15" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1802733025" r:id="rId20"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1834528690" r:id="rId16"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D1AD644" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="00B14A34" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="399AD056" w14:textId="69BAE8A2" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="00B14A34" w:rsidP="00DB2961">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -35921,54 +36675,54 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>де</w:t>
       </w:r>
       <w:r w:rsidRPr="00DB2961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008F4D9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:position w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:object w:dxaOrig="240" w:dyaOrig="279" w14:anchorId="1CFFF5DA">
-          <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:12.35pt;height:14.4pt" o:ole="">
-            <v:imagedata r:id="rId21" o:title=""/>
+          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:12.1pt;height:14.4pt" o:ole="">
+            <v:imagedata r:id="rId17" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1802733026" r:id="rId22"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1834528691" r:id="rId18"/>
         </w:object>
       </w:r>
       <w:r w:rsidRPr="00DB2961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidRPr="008F4D9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ко</w:t>
       </w:r>
       <w:r w:rsidR="00DB2961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
@@ -36582,54 +37336,54 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>нта</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B14A34" w:rsidRPr="008F4D9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B14A34" w:rsidRPr="008F4D9D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:position w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:object w:dxaOrig="240" w:dyaOrig="279" w14:anchorId="228761EC">
-          <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:12.35pt;height:14.4pt" o:ole="">
-            <v:imagedata r:id="rId21" o:title=""/>
+          <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:12.1pt;height:14.4pt" o:ole="">
+            <v:imagedata r:id="rId17" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1802733027" r:id="rId23"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1834528692" r:id="rId19"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="01E5DAC4" w14:textId="77777777" w:rsidR="0098580B" w:rsidRPr="0098580B" w:rsidRDefault="0098580B" w:rsidP="00B14A34">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="af5"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="250" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
@@ -36792,59 +37546,61 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Значен</w:t>
             </w:r>
             <w:r w:rsidR="00DB2961">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ня</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008F4D9D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D9D">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:position w:val="-4"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="279" w14:anchorId="3EC45747">
-                <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:12.35pt;height:14.4pt" o:ole="">
-                  <v:imagedata r:id="rId21" o:title=""/>
+                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:12.1pt;height:14.4pt" o:ole="">
+                  <v:imagedata r:id="rId17" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1802733028" r:id="rId24"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1834528693" r:id="rId20"/>
               </w:object>
             </w:r>
             <w:r w:rsidRPr="008F4D9D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="008F4D9D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>при дов</w:t>
             </w:r>
             <w:r w:rsidR="00DB2961">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="uk-UA"/>
@@ -38470,60 +39226,60 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>до</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>даткових</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B14A34" w:rsidRPr="00DB2961">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EBFEEC7" w14:textId="0A32EA6A" w:rsidR="00B14A34" w:rsidRPr="008F4D9D" w:rsidRDefault="00DB2961" w:rsidP="00DB2961">
+    <w:p w14:paraId="7EBFEEC7" w14:textId="52F49E37" w:rsidR="00B14A34" w:rsidRPr="00DC4DB5" w:rsidRDefault="00DC4DB5" w:rsidP="00DB2961">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
             <m:e>
               <m:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
@@ -38934,50 +39690,53 @@
                     <m:t>2</m:t>
                   </m:r>
                 </m:sup>
               </m:sSup>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:e>
           </m:rad>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>=</m:t>
           </m:r>
           <m:r>
+            <m:rPr>
+              <m:sty m:val="p"/>
+            </m:rPr>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <w:br/>
           </m:r>
         </m:oMath>
         <m:oMath>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>=</m:t>
           </m:r>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
@@ -39090,135 +39849,1240 @@
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>1,0569426%</m:t>
           </m:r>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>≈±</m:t>
           </m:r>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>1,06%.</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
-    <w:p w14:paraId="2438560F" w14:textId="77777777" w:rsidR="00B14A34" w:rsidRPr="00514386" w:rsidRDefault="00B14A34" w:rsidP="0098580B">
+    <w:p w14:paraId="0D6675A8" w14:textId="2EBC610F" w:rsidR="00DC4DB5" w:rsidRDefault="00DC4DB5" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BE44AAE" w14:textId="50119A99" w:rsidR="00DC4DB5" w:rsidRDefault="00DC4DB5" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02780BB5" w14:textId="77777777" w:rsidR="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="285E662D" w14:textId="77777777" w:rsidR="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="564B3B53" w14:textId="77777777" w:rsidR="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07933A86" w14:textId="77777777" w:rsidR="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D6C69D5" w14:textId="77777777" w:rsidR="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1A426B" w14:textId="77777777" w:rsidR="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FD1F790" w14:textId="77777777" w:rsidR="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C08CA8" w14:textId="77777777" w:rsidR="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E5AC070" w14:textId="77777777" w:rsidR="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E64D1EC" w14:textId="06E0EFC3" w:rsidR="00DC4DB5" w:rsidRPr="00DC4DB5" w:rsidRDefault="00DC4DB5" w:rsidP="00DB2961">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4DB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Задачі для самостійного опрацювання</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2438560F" w14:textId="10FBC435" w:rsidR="00B14A34" w:rsidRDefault="00B14A34" w:rsidP="0098580B">
       <w:pPr>
         <w:pStyle w:val="af4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00B14A34" w:rsidRPr="00514386" w:rsidSect="00346B6E">
+    <w:p w14:paraId="25A2DD14" w14:textId="2BC8F5EF" w:rsidR="00DC4DB5" w:rsidRDefault="00DC4DB5" w:rsidP="00DC4DB5">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DC4DB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гр.310 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC4DB5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 312</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBB4EE3" w14:textId="578F93AF" w:rsidR="00DC4DB5" w:rsidRDefault="00DC4DB5" w:rsidP="00DC4DB5">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A2193D1" w14:textId="4FA8F34B" w:rsidR="00DC4DB5" w:rsidRDefault="00DC4DB5" w:rsidP="00DC4DB5">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00824EE0" w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Задача 1.</w:t>
+      </w:r>
+      <w:r w:rsidR="00824EE0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вольтметром класу точності 0,5 з діапазоном вимірювання від 0 до 100 В та струмом повного відхилення покажчика 50 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>мкА</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отримали виміряне значення напруги 78,3 В. </w:t>
+      </w:r>
+      <w:r w:rsidR="00824EE0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Опір електричного навантаження – 50 кОм. В</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ідомо, що додаткова похибка від впливу температури не перевищує </w:t>
+      </w:r>
+      <w:r w:rsidR="00824EE0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">½ значення основної похибки на кожні 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00824EE0" w:rsidRPr="00BA5812">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>°С</w:t>
+      </w:r>
+      <w:r w:rsidR="00824EE0">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, а додаткові похибки від вологості й напруги живлення не перевищують 1/3 значення основної похибки на кожні 10%. Визначити сумарну абсолютну і відносну похибки вимірювання напруги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A779242" w14:textId="77777777" w:rsidR="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00DC4DB5">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9EA32B" w14:textId="77777777" w:rsidR="00B14ABE" w:rsidRDefault="00824EE0" w:rsidP="00824EE0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Задача 2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Здійснено вимірювання сили струму </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в колі з опором </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Ом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за допомогою міліамперметру групи експлуатації А класу точності 0,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/0,25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в діапазоні вимірювання від 0 до </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>мА</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> із</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> внутрішні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Ом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отримано показання </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>26,</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>мА</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="152F4093" w14:textId="15D13BEE" w:rsidR="00B14ABE" w:rsidRDefault="00824EE0" w:rsidP="00824EE0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Вимірювання проведено за умовами</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> середовища</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>: температура повітря +</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>14,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> °С, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вологість 36%, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тиск 10</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Па, напру</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>га живлення 238</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В, частота живлення 49,9 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Гц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2036E26D" w14:textId="3CE5BBF0" w:rsidR="00824EE0" w:rsidRPr="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00824EE0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Визначити </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основну и додаткові складові похибки, а також </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сумарну вірогідну </w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">відносну </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">похибку вимірювання за довірчої вірогідності </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>дов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 0,9</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14ABE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00824EE0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F8A5BFD" w14:textId="74992F5C" w:rsidR="00824EE0" w:rsidRPr="00824EE0" w:rsidRDefault="00824EE0" w:rsidP="00824EE0">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00824EE0" w:rsidRPr="00824EE0" w:rsidSect="00346B6E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="566" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:val="bestFit" w:percent="146"/>
+  <w:zoom w:val="bestFit" w:percent="161"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00346B6E"/>
     <w:rsid w:val="00002E65"/>
     <w:rsid w:val="00006C3C"/>
     <w:rsid w:val="00012E9B"/>
     <w:rsid w:val="000138C9"/>
     <w:rsid w:val="000228F4"/>
     <w:rsid w:val="00027801"/>
     <w:rsid w:val="00034FFF"/>
     <w:rsid w:val="00036CFE"/>
     <w:rsid w:val="00037829"/>
     <w:rsid w:val="000400BD"/>
     <w:rsid w:val="00042086"/>
     <w:rsid w:val="00044EBB"/>
+    <w:rsid w:val="00050E79"/>
     <w:rsid w:val="00055B44"/>
     <w:rsid w:val="00062E61"/>
     <w:rsid w:val="00063DE4"/>
     <w:rsid w:val="00067C00"/>
     <w:rsid w:val="00070D9A"/>
     <w:rsid w:val="00071452"/>
     <w:rsid w:val="000737ED"/>
     <w:rsid w:val="00073B07"/>
     <w:rsid w:val="00074E0F"/>
     <w:rsid w:val="0008073F"/>
     <w:rsid w:val="00080BF7"/>
     <w:rsid w:val="000871B3"/>
     <w:rsid w:val="00090538"/>
     <w:rsid w:val="000905D1"/>
     <w:rsid w:val="000922CB"/>
     <w:rsid w:val="000B13AA"/>
     <w:rsid w:val="000B4FCB"/>
     <w:rsid w:val="000B521F"/>
     <w:rsid w:val="000C155A"/>
     <w:rsid w:val="000C3840"/>
     <w:rsid w:val="000C58F6"/>
     <w:rsid w:val="000E0681"/>
     <w:rsid w:val="000E4433"/>
     <w:rsid w:val="000E45ED"/>
     <w:rsid w:val="000E639F"/>
@@ -39418,55 +41282,58 @@
     <w:rsid w:val="00741A82"/>
     <w:rsid w:val="007530D1"/>
     <w:rsid w:val="007554B2"/>
     <w:rsid w:val="007568E0"/>
     <w:rsid w:val="00763908"/>
     <w:rsid w:val="00766BB7"/>
     <w:rsid w:val="0076750B"/>
     <w:rsid w:val="007716EE"/>
     <w:rsid w:val="007761B6"/>
     <w:rsid w:val="00783C37"/>
     <w:rsid w:val="0078778C"/>
     <w:rsid w:val="00790FAA"/>
     <w:rsid w:val="007916CB"/>
     <w:rsid w:val="0079371C"/>
     <w:rsid w:val="007A0FD4"/>
     <w:rsid w:val="007D0BC1"/>
     <w:rsid w:val="007D1D24"/>
     <w:rsid w:val="007E0CE2"/>
     <w:rsid w:val="007F0A7D"/>
     <w:rsid w:val="007F273D"/>
     <w:rsid w:val="007F2767"/>
     <w:rsid w:val="007F455E"/>
     <w:rsid w:val="007F5B69"/>
     <w:rsid w:val="007F66E9"/>
     <w:rsid w:val="007F6FC7"/>
+    <w:rsid w:val="00805971"/>
     <w:rsid w:val="00805CC2"/>
     <w:rsid w:val="00806B9A"/>
     <w:rsid w:val="00806EEC"/>
     <w:rsid w:val="00813EE7"/>
+    <w:rsid w:val="00824EE0"/>
     <w:rsid w:val="008406DA"/>
+    <w:rsid w:val="00840D78"/>
     <w:rsid w:val="00844677"/>
     <w:rsid w:val="008448E9"/>
     <w:rsid w:val="00847FB7"/>
     <w:rsid w:val="00863283"/>
     <w:rsid w:val="0087379D"/>
     <w:rsid w:val="0087600A"/>
     <w:rsid w:val="00881F5D"/>
     <w:rsid w:val="00882E55"/>
     <w:rsid w:val="008863FB"/>
     <w:rsid w:val="00886D3A"/>
     <w:rsid w:val="00892398"/>
     <w:rsid w:val="00892B62"/>
     <w:rsid w:val="00894BBF"/>
     <w:rsid w:val="008955D7"/>
     <w:rsid w:val="00895C07"/>
     <w:rsid w:val="00896C0C"/>
     <w:rsid w:val="008A11A6"/>
     <w:rsid w:val="008A2C41"/>
     <w:rsid w:val="008A3829"/>
     <w:rsid w:val="008B1EDF"/>
     <w:rsid w:val="008C2751"/>
     <w:rsid w:val="008C54FF"/>
     <w:rsid w:val="008C7B0B"/>
     <w:rsid w:val="008D18F4"/>
     <w:rsid w:val="008D62C0"/>
@@ -39509,184 +41376,189 @@
     <w:rsid w:val="00A06652"/>
     <w:rsid w:val="00A06B6F"/>
     <w:rsid w:val="00A16AD5"/>
     <w:rsid w:val="00A16E84"/>
     <w:rsid w:val="00A278A5"/>
     <w:rsid w:val="00A612FC"/>
     <w:rsid w:val="00A64E00"/>
     <w:rsid w:val="00A73C57"/>
     <w:rsid w:val="00A82542"/>
     <w:rsid w:val="00A8300F"/>
     <w:rsid w:val="00A86425"/>
     <w:rsid w:val="00A956F5"/>
     <w:rsid w:val="00AA10F5"/>
     <w:rsid w:val="00AB3E9F"/>
     <w:rsid w:val="00AC44A9"/>
     <w:rsid w:val="00AC496B"/>
     <w:rsid w:val="00AC5B9D"/>
     <w:rsid w:val="00AD3950"/>
     <w:rsid w:val="00AE1E34"/>
     <w:rsid w:val="00AE22DA"/>
     <w:rsid w:val="00AE3661"/>
     <w:rsid w:val="00AE5599"/>
     <w:rsid w:val="00AF2BA7"/>
     <w:rsid w:val="00B031D4"/>
     <w:rsid w:val="00B14A34"/>
+    <w:rsid w:val="00B14ABE"/>
     <w:rsid w:val="00B20A8F"/>
     <w:rsid w:val="00B20D0F"/>
     <w:rsid w:val="00B2171A"/>
     <w:rsid w:val="00B2255D"/>
     <w:rsid w:val="00B3130D"/>
     <w:rsid w:val="00B447C1"/>
     <w:rsid w:val="00B460AD"/>
     <w:rsid w:val="00B50B7D"/>
     <w:rsid w:val="00B57A56"/>
     <w:rsid w:val="00B70D71"/>
     <w:rsid w:val="00B830BB"/>
     <w:rsid w:val="00B875BC"/>
     <w:rsid w:val="00B92519"/>
     <w:rsid w:val="00B945A0"/>
     <w:rsid w:val="00BA5812"/>
     <w:rsid w:val="00BB0826"/>
     <w:rsid w:val="00BB1A26"/>
     <w:rsid w:val="00BB3497"/>
     <w:rsid w:val="00BB3FDD"/>
     <w:rsid w:val="00BC29E2"/>
     <w:rsid w:val="00BC52B8"/>
     <w:rsid w:val="00BD4B6E"/>
     <w:rsid w:val="00BD79D5"/>
     <w:rsid w:val="00BE3B31"/>
     <w:rsid w:val="00BF0B65"/>
     <w:rsid w:val="00BF1E86"/>
     <w:rsid w:val="00C01750"/>
     <w:rsid w:val="00C24DFE"/>
     <w:rsid w:val="00C3017A"/>
     <w:rsid w:val="00C320D0"/>
     <w:rsid w:val="00C446A1"/>
     <w:rsid w:val="00C66C6F"/>
     <w:rsid w:val="00C70072"/>
     <w:rsid w:val="00C92C81"/>
+    <w:rsid w:val="00C96ABE"/>
     <w:rsid w:val="00CA079D"/>
     <w:rsid w:val="00CA230D"/>
     <w:rsid w:val="00CA63E0"/>
     <w:rsid w:val="00CA6970"/>
     <w:rsid w:val="00CC1204"/>
     <w:rsid w:val="00CC6DD5"/>
     <w:rsid w:val="00CE1515"/>
     <w:rsid w:val="00CE37D8"/>
     <w:rsid w:val="00CE7529"/>
     <w:rsid w:val="00CF488A"/>
     <w:rsid w:val="00CF5A8B"/>
     <w:rsid w:val="00D037E1"/>
     <w:rsid w:val="00D05E88"/>
     <w:rsid w:val="00D11444"/>
     <w:rsid w:val="00D124C8"/>
     <w:rsid w:val="00D2739B"/>
     <w:rsid w:val="00D311D8"/>
     <w:rsid w:val="00D52F3E"/>
     <w:rsid w:val="00D64241"/>
     <w:rsid w:val="00D64C75"/>
     <w:rsid w:val="00D6677C"/>
     <w:rsid w:val="00D67CAE"/>
     <w:rsid w:val="00D7201D"/>
     <w:rsid w:val="00D800A0"/>
     <w:rsid w:val="00D82845"/>
     <w:rsid w:val="00D83E67"/>
     <w:rsid w:val="00D8597A"/>
     <w:rsid w:val="00D918D4"/>
     <w:rsid w:val="00D930F6"/>
     <w:rsid w:val="00D93C2C"/>
     <w:rsid w:val="00D9614B"/>
     <w:rsid w:val="00DB2961"/>
     <w:rsid w:val="00DB4CA8"/>
     <w:rsid w:val="00DB62CC"/>
+    <w:rsid w:val="00DC4DB5"/>
     <w:rsid w:val="00DC5F31"/>
     <w:rsid w:val="00DD1009"/>
     <w:rsid w:val="00DD62E1"/>
     <w:rsid w:val="00DE182E"/>
     <w:rsid w:val="00DE4014"/>
     <w:rsid w:val="00DF104A"/>
     <w:rsid w:val="00DF260E"/>
     <w:rsid w:val="00E004DF"/>
     <w:rsid w:val="00E1522C"/>
     <w:rsid w:val="00E218D5"/>
     <w:rsid w:val="00E2462E"/>
     <w:rsid w:val="00E26B21"/>
     <w:rsid w:val="00E30DB4"/>
     <w:rsid w:val="00E3402D"/>
     <w:rsid w:val="00E35485"/>
     <w:rsid w:val="00E36D29"/>
     <w:rsid w:val="00E37B21"/>
     <w:rsid w:val="00E413E1"/>
     <w:rsid w:val="00E55D18"/>
     <w:rsid w:val="00E617F6"/>
     <w:rsid w:val="00E67BB4"/>
     <w:rsid w:val="00E70113"/>
     <w:rsid w:val="00E74284"/>
     <w:rsid w:val="00E746C4"/>
     <w:rsid w:val="00E81811"/>
     <w:rsid w:val="00E82FFA"/>
     <w:rsid w:val="00E913F9"/>
     <w:rsid w:val="00E93BE8"/>
     <w:rsid w:val="00E94CB9"/>
     <w:rsid w:val="00EA2FA5"/>
     <w:rsid w:val="00EB1AA2"/>
     <w:rsid w:val="00EB214E"/>
     <w:rsid w:val="00EB4999"/>
     <w:rsid w:val="00EB6202"/>
+    <w:rsid w:val="00EC3513"/>
     <w:rsid w:val="00EC5A3D"/>
     <w:rsid w:val="00ED1867"/>
     <w:rsid w:val="00EE167F"/>
     <w:rsid w:val="00EE5494"/>
     <w:rsid w:val="00EE7F4F"/>
     <w:rsid w:val="00EF1DC9"/>
     <w:rsid w:val="00EF6EDC"/>
     <w:rsid w:val="00F02045"/>
     <w:rsid w:val="00F067F2"/>
     <w:rsid w:val="00F15B06"/>
     <w:rsid w:val="00F25AD0"/>
     <w:rsid w:val="00F33059"/>
     <w:rsid w:val="00F4243D"/>
     <w:rsid w:val="00F436E9"/>
     <w:rsid w:val="00F44D6E"/>
     <w:rsid w:val="00F530AC"/>
     <w:rsid w:val="00F7134E"/>
     <w:rsid w:val="00F7525F"/>
     <w:rsid w:val="00F8210E"/>
     <w:rsid w:val="00F90498"/>
     <w:rsid w:val="00F9456C"/>
     <w:rsid w:val="00F96584"/>
     <w:rsid w:val="00FA33D3"/>
     <w:rsid w:val="00FA3F71"/>
     <w:rsid w:val="00FA632E"/>
     <w:rsid w:val="00FB1193"/>
     <w:rsid w:val="00FC2180"/>
     <w:rsid w:val="00FE0278"/>
     <w:rsid w:val="00FE0C48"/>
     <w:rsid w:val="00FE6DD7"/>
     <w:rsid w:val="00FF1599"/>
     <w:rsid w:val="00FF356E"/>
+    <w:rsid w:val="00FF6B76"/>
     <w:rsid w:val="00FF7008"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -39845,51 +41717,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -40800,51 +42672,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="608046518">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.wmf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject11.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject10.bin"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.wmf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject2.bin"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.wmf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject7.bin"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject4.bin"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.wmf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject6.bin"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject9.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.wmf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject3.bin"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject8.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject5.bin"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -41095,81 +42967,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F04605C0-6A9B-4406-98DE-FE3A37BE6CCF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2AD755EB-CA7B-43A7-A706-FDA733DFE92F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10711</Characters>
+  <Pages>8</Pages>
+  <Words>2061</Words>
+  <Characters>11751</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>89</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12564</CharactersWithSpaces>
+  <CharactersWithSpaces>13785</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Tamara</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>