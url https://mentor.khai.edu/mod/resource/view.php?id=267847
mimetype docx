--- v0 (2025-11-08)
+++ v1 (2026-03-08)
@@ -254,8764 +254,2509 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>по</w:t>
       </w:r>
       <w:r w:rsidR="00D32F7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>хибка</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FC615B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F2899CE" w14:textId="77777777" w:rsidR="00B84FC2" w:rsidRDefault="00B84FC2">
+    <w:p w14:paraId="4C865130" w14:textId="77777777" w:rsidR="00D32F7E" w:rsidRDefault="00D32F7E">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6ED5EEC6" w14:textId="390A6745" w:rsidR="000C296E" w:rsidRDefault="00B84FC2">
+    <w:p w14:paraId="6ED5EEC6" w14:textId="128D44C3" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Гр. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC615B">
+        <w:t xml:space="preserve">310 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1050A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">310  </w:t>
+        <w:t xml:space="preserve">-312 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гр. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20360BE1" w14:textId="1E9E60C6" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
+    <w:p w14:paraId="20360BE1" w14:textId="77777777" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Задача.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Задача </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Измеренное значение силы тока амперметром класса точности 2,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с пределом измерения 0…500 мА составило 215 мА. Измерения проводились при условиях: температура окружающего воздуха +1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> °С, влажность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5 %, напряженность электромагнитного поля 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>75</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А/м. Определить значения основной и дополнительных погрешностей, а также оценку границ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">относительной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>су</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">марной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и абсолютной суммарной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вероятной погрешности при </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0,90</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54728A95" w14:textId="77777777" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Задача 2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F20E1">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Амперметром </w:t>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Измеряется напряжение участка цепи вольтметром класса точности 0,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/0,25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в диапазоне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0…5 В, питаемым от сети. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Отсчёт п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шкале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прибора 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В. Условия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>измерения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>t</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="009F20E1">
-[...15 lines deleted...]
-        <w:t>іряно</w:t>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>окр</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="009F20E1">
-[...12 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ср</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= + </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 ºС, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ψ</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...10 lines deleted...]
-        <w:t>и</w:t>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>окр</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008B5BEA">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ср</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 40%, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пит </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>= 23</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пит </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Гц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Опр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еделить </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составляющие погрешностей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">относительную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">суммарную </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вероятную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">погрешность измерения напряжения при уровне значимости </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 0,05</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F20E1">
-[...1063 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="249068F1" w14:textId="77777777" w:rsidR="00B84FC2" w:rsidRDefault="00B84FC2" w:rsidP="00B84FC2">
+    <w:p w14:paraId="493B59C9" w14:textId="4CE4194B" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Гр. 311</w:t>
+        <w:t>Гр. 31</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54728A95" w14:textId="5EBC9D72" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
-[...1422 lines deleted...]
-    <w:p w14:paraId="0F809E46" w14:textId="77FD9ED3" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
+    <w:p w14:paraId="04F03DD4" w14:textId="77777777" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Задача.</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Задача </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Определить основную и дополнительные погрешности результата измерения силы тока на участке цепи, а также значение </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">относительной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">суммарной вероятной погрешности для </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00B84FC2">
-[...6 lines deleted...]
-        <w:t>Визначити</w:t>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B84FC2">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 0,90 при следующих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">метрологических </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>основну</w:t>
+        <w:t>харак</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>теристиках</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...446 lines deleted...]
-      <w:r w:rsidR="00ED25B8">
+        <w:t xml:space="preserve"> амперметра: класс точности 1,0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>/0,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...69 lines deleted...]
-      <w:r w:rsidR="00ED25B8">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">верхний </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предел измерения 1 А, показание индикатора </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>прибора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 74 </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>м</w:t>
       </w:r>
-      <w:r>
-[...976 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54449601" w14:textId="2512AF04" w:rsidR="000C296E" w:rsidRDefault="000C296E">
+    <w:p w14:paraId="0F809E46" w14:textId="77777777" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Условия проведения измерения: температура + 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>влажность 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>%,  атмосферное</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> давление 106,3 кПа, электромагнитное поле - естественный фон, напряжение питания – сеть с параметрами: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пит </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= 236 В, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пит </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= 49,9 Гц. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6455EF27" w14:textId="41F5C67A" w:rsidR="00B84FC2" w:rsidRDefault="00B84FC2" w:rsidP="00B84FC2">
+    <w:p w14:paraId="54449601" w14:textId="77777777" w:rsidR="000C296E" w:rsidRDefault="000C296E">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="663B9581" w14:textId="08A8F366" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
+    <w:p w14:paraId="663B9581" w14:textId="77777777" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Задача.</w:t>
+        <w:t>Задача 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С помощью миллиамперметра </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>класса точности 1,5 с диапазоном измерения 0 – 3 А и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>змер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ена</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тока</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, значение которого </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>составило 1,2 А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00ED25B8">
-[...43 lines deleted...]
-        <w:t>ом</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>рение</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1233 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> проводилось при температуре + 30 °С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, влажности 50%, давлении 115 кПа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вблизи токоведущей шины с напряженностью магнитного поля 280 А/м. Определить значения основной и дополнительных погрешностей измерения тока</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в абсолютных и относительных значениях. Причём значения дополнительных погрешностей не должны превышать значения основной погрешности.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="548E3272" w14:textId="77777777" w:rsidR="00C8288D" w:rsidRDefault="00C8288D">
+    <w:p w14:paraId="16E35A58" w14:textId="77777777" w:rsidR="000C296E" w:rsidRPr="008B5BEA" w:rsidRDefault="000C296E">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4680C1AD" w14:textId="4FC30BCF" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
+    <w:p w14:paraId="2B0DABB3" w14:textId="65AB27F6" w:rsidR="000C296E" w:rsidRDefault="000C296E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="722900C6" w14:textId="77777777" w:rsidR="00C1050A" w:rsidRPr="008B5BEA" w:rsidRDefault="00C1050A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1260"/>
+        </w:tabs>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4680C1AD" w14:textId="35B30D07" w:rsidR="000C296E" w:rsidRDefault="00FC615B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Гр. 31</w:t>
       </w:r>
-      <w:r w:rsidR="00C8288D">
+      <w:r w:rsidR="00C1050A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5492E6E8" w14:textId="7A5B9E7C" w:rsidR="000C296E" w:rsidRPr="008B5BEA" w:rsidRDefault="00FC615B">
+    <w:p w14:paraId="5492E6E8" w14:textId="77777777" w:rsidR="000C296E" w:rsidRPr="008B5BEA" w:rsidRDefault="00FC615B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Задача</w:t>
+        <w:t xml:space="preserve">Задача </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Измер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ена</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сил</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тока амперметром</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, кото</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рый </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>имеет такие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характеристики: класс точности 1,5, пределы измерения 0 ... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100 мА, измеренное значение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>составило 8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2,5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мА. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Измерение проводилось при условиях: температура воздуха</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + 5 °С, влажность 86 %, атмосферное давление </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>97</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,2 кПа, напряжение питания 21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В переменного тока, частотой 50,1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Гц, напряженность магнитного поля 400 А/м. Определить основную и дополнительные погрешности, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>суммарную вероятн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">относительную </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">погрешность при </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 0,9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00C8288D" w:rsidRPr="00C8288D">
-[...1554 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="004B2D23" w14:textId="1AB60E3D" w:rsidR="00C8288D" w:rsidRDefault="00C8288D" w:rsidP="00C8288D">
-[...34 lines deleted...]
-    <w:p w14:paraId="22B1430D" w14:textId="6094A79E" w:rsidR="000C296E" w:rsidRPr="008B5BEA" w:rsidRDefault="00FC615B">
+    <w:p w14:paraId="22B1430D" w14:textId="77777777" w:rsidR="000C296E" w:rsidRPr="008B5BEA" w:rsidRDefault="00FC615B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:right="-62" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Задача.</w:t>
+        <w:t>Задача 2.</w:t>
       </w:r>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006370E0">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Вольтметром </w:t>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Измеряется напряжение участка цепи вольтметром, питаемым от сети. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Показание прибора 64,8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C1050A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В, класс точности 0,05/0,02, диапазон измерения 0 … </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">100 В.  </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Условия  измерения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>t</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006370E0">
-[...6 lines deleted...]
-        <w:t>виміряно</w:t>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>окр.среды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006370E0">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">=  + 10 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:spacing w:val="-2"/>
-[...14 lines deleted...]
-        <w:t>угу</w:t>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006370E0">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> на </w:t>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пит </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>=  2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В,  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  = 49,8 Гц, смещение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>«нуля» - минус 0,05 В. Определить значение основной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнительных погрешностей</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а также абсолютное значение суммарной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вероятн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ой погрешности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для уровня значимости </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 0,05</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="006370E0">
-[...7 lines deleted...]
-        <w:t>ділянці</w:t>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B5BEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="006370E0">
-[...1155 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>q</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 1)</w:t>
+      </w:r>
       <w:r w:rsidRPr="008B5BEA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05660B5D" w14:textId="77777777" w:rsidR="000C296E" w:rsidRDefault="000C296E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36CEA6C2" w14:textId="77777777" w:rsidR="000C296E" w:rsidRDefault="000C296E">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000C296E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="991" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="72DB776B" w14:textId="77777777" w:rsidR="00BA7F91" w:rsidRDefault="00BA7F91">
+    <w:p w14:paraId="644A6260" w14:textId="77777777" w:rsidR="00601242" w:rsidRDefault="00601242">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E51CA5D" w14:textId="77777777" w:rsidR="00BA7F91" w:rsidRDefault="00BA7F91">
+    <w:p w14:paraId="4AFFDF3D" w14:textId="77777777" w:rsidR="00601242" w:rsidRDefault="00601242">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3957BBB9" w14:textId="77777777" w:rsidR="00BA7F91" w:rsidRDefault="00BA7F91">
+    <w:p w14:paraId="1BD887DF" w14:textId="77777777" w:rsidR="00601242" w:rsidRDefault="00601242">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F8BCCA6" w14:textId="77777777" w:rsidR="00BA7F91" w:rsidRDefault="00BA7F91">
+    <w:p w14:paraId="48F3D4A0" w14:textId="77777777" w:rsidR="00601242" w:rsidRDefault="00601242">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:val="bestFit" w:percent="179"/>
+  <w:zoom w:val="bestFit" w:percent="161"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007F68BF"/>
     <w:rsid w:val="00002E65"/>
     <w:rsid w:val="00006C3C"/>
     <w:rsid w:val="00012E9B"/>
     <w:rsid w:val="000138C9"/>
@@ -9156,59 +2901,59 @@
     <w:rsid w:val="00507ACC"/>
     <w:rsid w:val="00512C50"/>
     <w:rsid w:val="005149CC"/>
     <w:rsid w:val="00520E4B"/>
     <w:rsid w:val="005236AB"/>
     <w:rsid w:val="00532BAC"/>
     <w:rsid w:val="00536178"/>
     <w:rsid w:val="00537A28"/>
     <w:rsid w:val="00540A20"/>
     <w:rsid w:val="00540B5E"/>
     <w:rsid w:val="0054202C"/>
     <w:rsid w:val="00560001"/>
     <w:rsid w:val="005668F1"/>
     <w:rsid w:val="00566CEF"/>
     <w:rsid w:val="00580DF0"/>
     <w:rsid w:val="00592BC3"/>
     <w:rsid w:val="00595A9F"/>
     <w:rsid w:val="005B36A0"/>
     <w:rsid w:val="005B615C"/>
     <w:rsid w:val="005B7A28"/>
     <w:rsid w:val="005D205D"/>
     <w:rsid w:val="005D3794"/>
     <w:rsid w:val="005E0DE5"/>
     <w:rsid w:val="005E1D71"/>
     <w:rsid w:val="005F7D3E"/>
+    <w:rsid w:val="00601242"/>
     <w:rsid w:val="0060439E"/>
     <w:rsid w:val="006105B4"/>
     <w:rsid w:val="006127DE"/>
     <w:rsid w:val="00614720"/>
     <w:rsid w:val="00615AB2"/>
     <w:rsid w:val="006250C7"/>
     <w:rsid w:val="006270AB"/>
     <w:rsid w:val="00636AFA"/>
-    <w:rsid w:val="006370E0"/>
     <w:rsid w:val="0064264A"/>
     <w:rsid w:val="00650B94"/>
     <w:rsid w:val="00655DB3"/>
     <w:rsid w:val="00664FEA"/>
     <w:rsid w:val="00670109"/>
     <w:rsid w:val="00681188"/>
     <w:rsid w:val="0068199E"/>
     <w:rsid w:val="00683380"/>
     <w:rsid w:val="00684871"/>
     <w:rsid w:val="00685F7A"/>
     <w:rsid w:val="006A7211"/>
     <w:rsid w:val="006B3578"/>
     <w:rsid w:val="006B54E0"/>
     <w:rsid w:val="006B6E8D"/>
     <w:rsid w:val="006C5FC1"/>
     <w:rsid w:val="006C7170"/>
     <w:rsid w:val="006D0C90"/>
     <w:rsid w:val="006D4091"/>
     <w:rsid w:val="006D7B7C"/>
     <w:rsid w:val="006E1440"/>
     <w:rsid w:val="006E5205"/>
     <w:rsid w:val="006E5C34"/>
     <w:rsid w:val="006E79DF"/>
     <w:rsid w:val="006F194E"/>
     <w:rsid w:val="006F3631"/>
@@ -9266,132 +3011,127 @@
     <w:rsid w:val="0087379D"/>
     <w:rsid w:val="0087600A"/>
     <w:rsid w:val="00881F5D"/>
     <w:rsid w:val="00882E55"/>
     <w:rsid w:val="008863FB"/>
     <w:rsid w:val="00886D3A"/>
     <w:rsid w:val="00892398"/>
     <w:rsid w:val="00892B62"/>
     <w:rsid w:val="00894BBF"/>
     <w:rsid w:val="008955D7"/>
     <w:rsid w:val="00895C07"/>
     <w:rsid w:val="00896C0C"/>
     <w:rsid w:val="008A11A6"/>
     <w:rsid w:val="008A2C41"/>
     <w:rsid w:val="008A3829"/>
     <w:rsid w:val="008B1EDF"/>
     <w:rsid w:val="008B5BEA"/>
     <w:rsid w:val="008C2751"/>
     <w:rsid w:val="008C54FF"/>
     <w:rsid w:val="008C7B0B"/>
     <w:rsid w:val="008D18F4"/>
     <w:rsid w:val="008D62C0"/>
     <w:rsid w:val="008D63E2"/>
     <w:rsid w:val="008E106E"/>
     <w:rsid w:val="008F2854"/>
-    <w:rsid w:val="009120AB"/>
     <w:rsid w:val="00913F80"/>
     <w:rsid w:val="009152EC"/>
     <w:rsid w:val="00921F7B"/>
     <w:rsid w:val="009260DB"/>
     <w:rsid w:val="00950A39"/>
     <w:rsid w:val="00972BED"/>
     <w:rsid w:val="00975214"/>
     <w:rsid w:val="00980286"/>
     <w:rsid w:val="00981BBF"/>
     <w:rsid w:val="009839C8"/>
     <w:rsid w:val="0099007C"/>
     <w:rsid w:val="009915E8"/>
     <w:rsid w:val="009A56CF"/>
     <w:rsid w:val="009B42F7"/>
     <w:rsid w:val="009B4A8F"/>
     <w:rsid w:val="009C1755"/>
     <w:rsid w:val="009D02E5"/>
     <w:rsid w:val="009D1EF0"/>
     <w:rsid w:val="009F01C9"/>
-    <w:rsid w:val="009F20E1"/>
     <w:rsid w:val="009F22B1"/>
     <w:rsid w:val="009F663F"/>
     <w:rsid w:val="009F74F2"/>
     <w:rsid w:val="00A00661"/>
     <w:rsid w:val="00A00F5E"/>
     <w:rsid w:val="00A02DF3"/>
     <w:rsid w:val="00A06652"/>
     <w:rsid w:val="00A06B6F"/>
     <w:rsid w:val="00A16E84"/>
-    <w:rsid w:val="00A17051"/>
     <w:rsid w:val="00A278A5"/>
     <w:rsid w:val="00A612FC"/>
     <w:rsid w:val="00A64E00"/>
     <w:rsid w:val="00A73C57"/>
     <w:rsid w:val="00A82542"/>
     <w:rsid w:val="00A8300F"/>
     <w:rsid w:val="00A86425"/>
     <w:rsid w:val="00AA10F5"/>
     <w:rsid w:val="00AB3E9F"/>
     <w:rsid w:val="00AC44A9"/>
     <w:rsid w:val="00AC496B"/>
     <w:rsid w:val="00AC5B9D"/>
     <w:rsid w:val="00AD3950"/>
     <w:rsid w:val="00AE1E34"/>
     <w:rsid w:val="00AE22DA"/>
     <w:rsid w:val="00AE3661"/>
     <w:rsid w:val="00AE5599"/>
     <w:rsid w:val="00AF2BA7"/>
     <w:rsid w:val="00B031D4"/>
     <w:rsid w:val="00B20A8F"/>
     <w:rsid w:val="00B20D0F"/>
     <w:rsid w:val="00B2171A"/>
     <w:rsid w:val="00B2255D"/>
     <w:rsid w:val="00B3130D"/>
     <w:rsid w:val="00B447C1"/>
     <w:rsid w:val="00B460AD"/>
     <w:rsid w:val="00B50B7D"/>
     <w:rsid w:val="00B57A56"/>
     <w:rsid w:val="00B70D71"/>
     <w:rsid w:val="00B830BB"/>
-    <w:rsid w:val="00B84FC2"/>
     <w:rsid w:val="00B875BC"/>
     <w:rsid w:val="00B945A0"/>
-    <w:rsid w:val="00BA7F91"/>
     <w:rsid w:val="00BB0826"/>
     <w:rsid w:val="00BB1A26"/>
     <w:rsid w:val="00BB3497"/>
     <w:rsid w:val="00BC29E2"/>
     <w:rsid w:val="00BC52B8"/>
     <w:rsid w:val="00BD4B6E"/>
     <w:rsid w:val="00BD79D5"/>
     <w:rsid w:val="00BE3B31"/>
     <w:rsid w:val="00BF0B65"/>
     <w:rsid w:val="00BF1E86"/>
     <w:rsid w:val="00C01750"/>
+    <w:rsid w:val="00C1050A"/>
     <w:rsid w:val="00C24DFE"/>
     <w:rsid w:val="00C3017A"/>
     <w:rsid w:val="00C320D0"/>
     <w:rsid w:val="00C446A1"/>
     <w:rsid w:val="00C66C6F"/>
-    <w:rsid w:val="00C8288D"/>
     <w:rsid w:val="00C92C81"/>
     <w:rsid w:val="00CA079D"/>
     <w:rsid w:val="00CA63E0"/>
     <w:rsid w:val="00CA6970"/>
     <w:rsid w:val="00CC1204"/>
     <w:rsid w:val="00CC6DD5"/>
     <w:rsid w:val="00CE1515"/>
     <w:rsid w:val="00CE37D8"/>
     <w:rsid w:val="00CE7529"/>
     <w:rsid w:val="00CF488A"/>
     <w:rsid w:val="00CF5A8B"/>
     <w:rsid w:val="00D037E1"/>
     <w:rsid w:val="00D05E88"/>
     <w:rsid w:val="00D11444"/>
     <w:rsid w:val="00D124C8"/>
     <w:rsid w:val="00D2739B"/>
     <w:rsid w:val="00D311D8"/>
     <w:rsid w:val="00D32F7E"/>
     <w:rsid w:val="00D52F3E"/>
     <w:rsid w:val="00D64241"/>
     <w:rsid w:val="00D64C75"/>
     <w:rsid w:val="00D6677C"/>
     <w:rsid w:val="00D67CAE"/>
     <w:rsid w:val="00D7201D"/>
     <w:rsid w:val="00D800A0"/>
@@ -9415,51 +3155,50 @@
     <w:rsid w:val="00E1522C"/>
     <w:rsid w:val="00E218D5"/>
     <w:rsid w:val="00E2462E"/>
     <w:rsid w:val="00E30DB4"/>
     <w:rsid w:val="00E3402D"/>
     <w:rsid w:val="00E35485"/>
     <w:rsid w:val="00E36D29"/>
     <w:rsid w:val="00E37B21"/>
     <w:rsid w:val="00E55D18"/>
     <w:rsid w:val="00E617F6"/>
     <w:rsid w:val="00E70113"/>
     <w:rsid w:val="00E74284"/>
     <w:rsid w:val="00E746C4"/>
     <w:rsid w:val="00E81811"/>
     <w:rsid w:val="00E82FFA"/>
     <w:rsid w:val="00E913F9"/>
     <w:rsid w:val="00E93BE8"/>
     <w:rsid w:val="00E94CB9"/>
     <w:rsid w:val="00EA2FA5"/>
     <w:rsid w:val="00EB1AA2"/>
     <w:rsid w:val="00EB214E"/>
     <w:rsid w:val="00EB4999"/>
     <w:rsid w:val="00EB6202"/>
     <w:rsid w:val="00EC5A3D"/>
     <w:rsid w:val="00ED1867"/>
-    <w:rsid w:val="00ED25B8"/>
     <w:rsid w:val="00EE167F"/>
     <w:rsid w:val="00EE7F4F"/>
     <w:rsid w:val="00EF1DC9"/>
     <w:rsid w:val="00EF6EDC"/>
     <w:rsid w:val="00F02045"/>
     <w:rsid w:val="00F067F2"/>
     <w:rsid w:val="00F15B06"/>
     <w:rsid w:val="00F25AD0"/>
     <w:rsid w:val="00F33059"/>
     <w:rsid w:val="00F4243D"/>
     <w:rsid w:val="00F436E9"/>
     <w:rsid w:val="00F530AC"/>
     <w:rsid w:val="00F7134E"/>
     <w:rsid w:val="00F7525F"/>
     <w:rsid w:val="00F8210E"/>
     <w:rsid w:val="00F90498"/>
     <w:rsid w:val="00F9456C"/>
     <w:rsid w:val="00F96584"/>
     <w:rsid w:val="00FA33D3"/>
     <w:rsid w:val="00FA3F71"/>
     <w:rsid w:val="00FA632E"/>
     <w:rsid w:val="00FC2180"/>
     <w:rsid w:val="00FC615B"/>
     <w:rsid w:val="00FE0278"/>
     <w:rsid w:val="00FE0C48"/>
@@ -10784,75 +4523,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>471</Words>
-  <Characters>2687</Characters>
+  <Words>436</Words>
+  <Characters>2486</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>22</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>20</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3152</CharactersWithSpaces>
+  <CharactersWithSpaces>2917</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tamara</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-11.2.0.11513</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>A5D17D5502BB4E56BAA0C12520D79C96</vt:lpwstr>
   </property>
 </Properties>