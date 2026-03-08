--- v0 (2025-11-08)
+++ v1 (2026-03-08)
@@ -19,50 +19,52 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
     <w:p w14:paraId="57DEB386" w14:textId="3247EA7E" w:rsidR="00817343" w:rsidRPr="0021122F" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc148066748"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:t>Практика №3</w:t>
       </w:r>
       <w:r w:rsidR="0021122F">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>-4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1599ED6E" w14:textId="2C7A38CA" w:rsidR="00817343" w:rsidRPr="006A0DCD" w:rsidRDefault="00133D53" w:rsidP="00ED75E8">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -285,582 +287,487 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>им</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ірювання</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">ірювання, яка виникає в результаті </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зм</w:t>
+      </w:r>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">, яка виникає в результаті </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>іни</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>зм</w:t>
+        <w:t xml:space="preserve"> у</w:t>
       </w:r>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>іни</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>мов</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> у</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>мов</w:t>
+        <w:t>вимірюваня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>є</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кладовою </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>систематич</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ної похибки вимірювання</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>внаслідок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>врахованого впливу відхилення в сто</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рону</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> збільшення чи зменшення</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>будь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>якого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з параметр</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>які харак</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>теризую</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ть </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мови в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>им</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ювання</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>становленого значен</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я. </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хибку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>також</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наз</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вают</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:r>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD" w:rsidRPr="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...130 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">датковою </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD" w:rsidRPr="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хибкою від зо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вн</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD" w:rsidRPr="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:r>
-[...234 lines deleted...]
-      </w:r>
       <w:r w:rsidRPr="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>до</w:t>
-[...59 lines deleted...]
-        </w:rPr>
         <w:t>шн</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006A0DCD" w:rsidRPr="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidRPr="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">х </w:t>
       </w:r>
       <w:r w:rsidR="006A0DCD" w:rsidRPr="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>впливових чинників</w:t>
       </w:r>
       <w:r>
@@ -900,2028 +807,1729 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5413676D" w14:textId="7E3FFBDF" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00ED75E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>пливовими</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">пливовими </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>величинами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>є</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>величинами</w:t>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чинники </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>точуючого середовища</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (температура, в</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>огість</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, в</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>брац</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я и т.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), нестаб</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>льн</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сть параметров </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>живлення е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лектропри</w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ладів</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A0DCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>що застосовані</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>є</w:t>
+        <w:t>у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">чинники </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>процесі вимірювання</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (напр</w:t>
+      </w:r>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>точуючого</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>уга,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="006A0DCD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> середовища</w:t>
-[...30 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астота</w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, фаза</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мережі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), неправильн</w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е або неточне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>встановлення засобу вимірювання</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="006A0DCD">
-[...222 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, фаза</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> в </w:t>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рушен</w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>мережі</w:t>
-[...16 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правил вза</w:t>
+      </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>е або неточне</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ємного розташування засобів вимірювань у </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>встановлення засобу вимірювання</w:t>
-[...73 lines deleted...]
-        <w:t xml:space="preserve"> установці, наявність поблизу неекранованих джерел електромагнітного випромінювання</w:t>
+        <w:t>имірювальній установці, наявність поблизу неекранованих джерел електромагнітного випромінювання</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">та ін. Тому для кожного приладу нормують умови, за яких вплив величин зовнішнього середовища буде мінімальним. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0773B33E" w14:textId="74866E0F" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00ED75E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Нормальн</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> у</w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мови</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>им</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ірювань</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> – у</w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мови проведення вимірювань</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">які </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>характеризу</w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ються</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> с</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>укупністю</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">укупністю </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>значен</w:t>
+      </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>або</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> областей значен</w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> в</w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>або</w:t>
-[...16 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">пливових </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">величин, </w:t>
+      </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ь</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">що </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>пливових</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">величин, </w:t>
+        <w:t xml:space="preserve">ють </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за ном</w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">що </w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>нальн</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CB0018D" w14:textId="1CF50337" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00ED75E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Нормальн</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> у</w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мови вимірювань в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>стан</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>овлюють</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">овлюють </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в нормативно-технич</w:t>
+      </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их документах </w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">або </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в техн</w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их регламентах на </w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">засоби вимірювань </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(ЗВ) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкретного вид</w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>н</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">их документах </w:t>
+        <w:t>або</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при </w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">або </w:t>
-[...98 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">їх </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>пов</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ці</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="589CD29B" w14:textId="2AA83A78" w:rsidR="00A31692" w:rsidRDefault="00133D53" w:rsidP="00ED75E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Нормальна область </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Нормальна область значен</w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
       <w:r w:rsidR="00397D8F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">пливової </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>величин</w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F" w:rsidRPr="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>це</w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>область значен</w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в </w:t>
+      </w:r>
+      <w:r w:rsidR="00397D8F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ах </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ко</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зм</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>інами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результат</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ів</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>им</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ірювань </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">д </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>її</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пливом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>знехтувати</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00397D8F">
-[...10 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00397D8F" w:rsidRPr="00397D8F">
-[...58 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>я</w:t>
-[...6 lines deleted...]
-        <w:t>ко</w:t>
+        <w:t>відповідності до в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>становлени</w:t>
       </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ї</w:t>
-[...213 lines deleted...]
-        </w:rPr>
         <w:t>х</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> норм </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> норм точност</w:t>
+      </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Тобто максимальна похибка результату при проведенні вимірювань в області нормальних значень впливової величини повністю описана класом точності. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="073868A0" w14:textId="3D9D7C66" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00ED75E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Напри</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>клад</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, при повер</w:t>
+      </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ці</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ЗВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> клас</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> точност</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,05 температура в термостат</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">винна </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зм</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>юватись</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ільше</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t>ніж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на ± 0,5°С </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>від в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>становлено</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> температур</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">номінального значення </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20°С</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Тобто</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормальна область значен</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емператур</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>находит</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ся в д</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 0,05 температура в термостат</w:t>
+        <w:t>апазон</w:t>
       </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> не </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>п</w:t>
-[...6 lines deleted...]
-        <w:t>о</w:t>
+        <w:t xml:space="preserve">від </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19,5</w:t>
       </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">°С </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>до 20,5</w:t>
+      </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>°С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>н</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> норму</w:t>
+      </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>юватись</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>є</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ільше</w:t>
-[...290 lines deleted...]
-        </w:rPr>
         <w:t>ьс</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>я (20</w:t>
       </w:r>
       <w:r w:rsidR="00C11931">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> ± 0,</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2955,262 +2563,217 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">°С ± 0,5°С. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A1272E8" w14:textId="246C840E" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00ED75E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Нормальне</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>Нормальне значен</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пливової </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>величин</w:t>
+      </w:r>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00A31692">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">це </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>значен</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>яке для неї в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>становлен</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...10 lines deleted...]
-        <w:t>величин</w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
       </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">це </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ном</w:t>
+      </w:r>
       <w:r w:rsidR="00A31692">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ня</w:t>
-[...72 lines deleted...]
-        </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ном</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve">нального. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50CEEB46" w14:textId="2A5B3F79" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00FB514F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">При </w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -3236,444 +2799,396 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>величин норму</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>є</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>т</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ся температур</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а, як найвпливовіший і швидкозмінний чинник, з номінальним значенням </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">°С </w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>або</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 293</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">К (К – Кельвин – </w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>диниц</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>им</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ювання </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>термодинам</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ч</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ї</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> температур</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">а, як найвпливовіший і швидкозмінний чинник, з номінальним значенням </w:t>
-[...6 lines deleted...]
-        <w:t>20</w:t>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в М</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жнародн</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>й систем</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>або</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 293</w:t>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>диниц</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">К (К – Кельвин – </w:t>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>SI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>). На нормальне</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>/номінальне з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>начен</w:t>
+      </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>я</w:t>
+        <w:t>ня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>в</w:t>
-[...6 lines deleted...]
-        <w:t>им</w:t>
+        <w:t>зазвичай</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>і</w:t>
-[...20 lines deleted...]
-          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        <w:t xml:space="preserve">озрахована </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...236 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>основна</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>хибка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -3740,802 +3255,622 @@
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>багатьох в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>им</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ювань</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ювань, що</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, що</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">иконані </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в р</w:t>
+      </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>иконані</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зн</w:t>
+      </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>в р</w:t>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>х у</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>і</w:t>
-[...29 lines deleted...]
-        </w:rPr>
         <w:t>мо</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>а</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>х.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D24B0BA" w14:textId="11FF352B" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00FB514F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>боча</w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>боча область значен</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>значен</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
       <w:r w:rsidR="007E29A8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">пливовї </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>величин</w:t>
+      </w:r>
+      <w:r w:rsidR="007E29A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>область значен</w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пливової</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> величин</w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в </w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>межах я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ко</w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормуют</w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до</w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даткову</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хибку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...38 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ь</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">або </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зм</w:t>
+      </w:r>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>пливової</w:t>
-[...124 lines deleted...]
-        </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>нен</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> показан</w:t>
       </w:r>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ь ЗВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="739C904E" w14:textId="5053DC46" w:rsidR="00817343" w:rsidRPr="002076A1" w:rsidRDefault="00133D53" w:rsidP="002076A1">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Напри</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>клад</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>клад:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для амперметра нормуют</w:t>
+      </w:r>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...16 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зм</w:t>
+      </w:r>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">інення </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>показан</w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">яке викликають від-хилення </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">частоты </w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нного </w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>руму</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...6 lines deleted...]
-      </w:r>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>інення</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">від </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>50 Гц</w:t>
+      </w:r>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>. В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> данном</w:t>
+      </w:r>
+      <w:r w:rsidR="002076A1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ь</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">випадку </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>50 Гц – нормальне значен</w:t>
       </w:r>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>яке викликають від-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>ня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> частот</w:t>
+      </w:r>
       <w:r w:rsidR="002076A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>хилення</w:t>
-[...102 lines deleted...]
-        <w:t>. В</w:t>
+        <w:t>и</w:t>
       </w:r>
       <w:r w:rsidRPr="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...96 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: (50,0 ± 0,1) Гц.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5858FE24" w14:textId="7637EF13" w:rsidR="00817343" w:rsidRPr="00247700" w:rsidRDefault="002076A1" w:rsidP="00FB514F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Граничні</w:t>
       </w:r>
       <w:r w:rsidR="00133D53" w:rsidRPr="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -4909,185 +4244,154 @@
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">х </w:t>
       </w:r>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>им</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ірювань</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>, т</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ак</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ак як</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> як</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>хибки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результат</w:t>
+      </w:r>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>хибки</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> результат</w:t>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>им</w:t>
       </w:r>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>в</w:t>
-[...6 lines deleted...]
-        <w:t>им</w:t>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
       </w:r>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>і</w:t>
+        <w:t xml:space="preserve">ювання </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ювання</w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve"> за його </w:t>
+        <w:t xml:space="preserve">озраховують за його </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>метролог</w:t>
       </w:r>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ч</w:t>
       </w:r>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -5113,184 +4417,169 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39477E98" w14:textId="53C54101" w:rsidR="00817343" w:rsidRDefault="00247700" w:rsidP="00247700">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>становлен</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мов</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">застосування і </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>нормальн</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>х у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мов</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>є</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> об</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ов’язковим </w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">для </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>забезпечення є</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>динообраз</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>я метролог</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -5317,214 +4606,181 @@
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ЗВ</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Це пояснюється тим, що </w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>по</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хибки </w:t>
+      </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>однотипн</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">х </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ЗВ</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>які застосовують в</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> р</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> зовнішніх умовах</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізних зовнішніх умовах</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">повинні бути </w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  с</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>умісними</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06D071B4" w14:textId="133A2C81" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>В б</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ільшості</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативно-техн</w:t>
+      </w:r>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ч</w:t>
       </w:r>
       <w:r w:rsidR="00247700">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -5590,65 +4846,56 @@
     </w:p>
     <w:p w14:paraId="05A6A9C3" w14:textId="4B648787" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>температура о</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>точуючого</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> середовища</w:t>
+        <w:t>точуючого середовища</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 293 К ± 5 К </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>або</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -5682,99 +4929,89 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>відносна</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> в</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>л</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>огість</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 65 % ± 15 %; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="427473B0" w14:textId="76B5EF07" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...6 lines deleted...]
-        <w:t>атмосферн</w:t>
+        <w:t>- атмосферн</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ий</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тиск</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> 10</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1,33</w:t>
@@ -5802,193 +5039,171 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>± 30 мм рт. ст.);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0886F158" w14:textId="1C82B7F3" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...7 lines deleted...]
-        <w:t>напр</w:t>
+        <w:t>- напр</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>уга</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>живлення е</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>лектрич</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ної</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ної мережі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (для </w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> мережі</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> (для </w:t>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лектрич</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>е</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>та ін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗВ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>які мають е</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>лектрич</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...64 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ні</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>кола</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -6001,66 +5216,64 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- частота </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>живлення е</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>лектрич</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ної</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мережі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> 50,0 Гц ± 0,</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
@@ -6073,1095 +5286,916 @@
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> Гц;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E36DEA4" w14:textId="425BC5AB" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>- пост</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ій</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>на с</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>кладова</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> напр</w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ж</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ст</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> магн</w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> поля 400 А/м.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тного поля 400 А/м.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36CEB44D" w14:textId="530FA477" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00C96C37">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>До</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>даткова</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>хибка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>засоба</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>засоба вимірювань</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> вимірювань</w:t>
-[...8 lines deleted...]
-      <w:r w:rsidR="00C96C37">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-          <w:bCs/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>кладова</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>хбк</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">и </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ЗВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">яка </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">виникає </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>датково</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> д</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">о </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>о основно</w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ї</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> в</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>наслідок</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>відхилення</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>будь-якої</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> з в</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>пливових</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">пливових </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">величин </w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормального </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>її</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> значен</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r w:rsidR="00C96C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>або</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наслідок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>від</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> нормального </w:t>
+        <w:t>її</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>її</w:t>
-[...16 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ход</w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>н</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">я </w:t>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за </w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>або</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> в</w:t>
+        <w:t>межі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормально</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>наслідок</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> област</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>її</w:t>
-[...77 lines deleted...]
-        </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> значен</w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32E7BA40" w14:textId="1E60F4C8" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00C96C37">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>При</w:t>
       </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>й</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нято р</w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>озрізняти</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">озрізняти </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>даткові</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:r w:rsidR="00C96C37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хибки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>даткові</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">за окремими </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>хибки</w:t>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">пливовими </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00C96C37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">чинниками: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>даткова</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> температурна по</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хибка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, до</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даткова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хибка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> зм</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">інення </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">атмосферного </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиску</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, до</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даткова</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>хибка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>, до</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>даткова</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> по</w:t>
+        <w:t>від зміщення початку відліку приладу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>хибка</w:t>
-[...125 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>та ін</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EE0FFA4" w14:textId="59FC6EB9" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00FB514F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>До</w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">даткові </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>по</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">враховують за допомогою </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>функц</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>й в</w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>пливу</w:t>
       </w:r>
       <w:r>
@@ -7197,674 +6231,576 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ф</w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ц</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>іє</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>нт</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">в </w:t>
-[...2 lines deleted...]
-      <w:r>
+        <w:t>в в</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пливу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по к</w:t>
+      </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...17 lines deleted...]
-        <w:t>по к</w:t>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>о</w:t>
-[...6 lines deleted...]
-        <w:t>ж</w:t>
+        <w:t>ній</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ній</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>пливовій</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> величин</w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D63FA4" w14:textId="77777777" w:rsidR="00635204" w:rsidRDefault="00133D53" w:rsidP="00FB514F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Функц</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>я в</w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>пливу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">є </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>за</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>лежність</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">лежність </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>чис</w:t>
+      </w:r>
       <w:r w:rsidR="00FB514F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">ельних </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зазвичай у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %), на </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>які</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необх</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">збільшити </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основно</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хибки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>від</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> значен</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB514F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>відхилення</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пливової </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>величин</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...179 lines deleted...]
-      <w:r w:rsidR="00FB514F">
+      <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>від</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...97 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> нормальн</w:t>
+      </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>х у</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>мов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18BC20FB" w14:textId="031312FF" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00FB514F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Напри</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>клад</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, функц</w:t>
+      </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ю в</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>пливу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> температур</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>каз</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ют</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ь я</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -7881,61 +6817,52 @@
         <w:t>n%/10°</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> а </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> а функц</w:t>
+      </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ю в</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>пливу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
@@ -8070,528 +6997,437 @@
           <w:b/>
           <w:i/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> означают</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">, на </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>, на ск</w:t>
+      </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>льк</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>відсотків</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">потрібно збільшити </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>значен</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> основно</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хибки вимірювання, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при </w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>казанном</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ї</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>відхиленні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>хибки</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>від</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормальн</w:t>
+      </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> вимірювання, </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">при </w:t>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>х у</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>мов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зовнішнього </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>в</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t>пливового чинника (т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емператур</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>відхиленні</w:t>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> напр</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уги</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>відповідно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Якщо </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лежність </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>функц</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ії</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пливу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нел</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">йна, то </w:t>
+      </w:r>
+      <w:r w:rsidR="00635204">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>її</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>від</w:t>
-[...16 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">надають у </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ви</w:t>
+      </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>и</w:t>
-[...272 lines deleted...]
-        </w:rPr>
         <w:t>гляді</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> граф</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ка, формул</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
@@ -8862,82 +7698,64 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33877E63" w14:textId="60FD338A" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>а) до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>даткова</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> по</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> температурна по</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">:   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="700874D4" w14:textId="19A13967" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="008E5DC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
@@ -9219,84 +8037,82 @@
             <w:color w:val="000000"/>
           </w:rPr>
           <m:t>;</m:t>
         </m:r>
       </m:oMath>
     </w:p>
     <w:p w14:paraId="0F76E194" w14:textId="07B051A9" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>б) до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>даткова</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибка від зміни атмосферного тиску</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EB8A848" w14:textId="70CDCAC7" w:rsidR="00817343" w:rsidRDefault="009D1DAC" w:rsidP="008E5DC9">
+    <w:p w14:paraId="5EB8A848" w14:textId="70CDCAC7" w:rsidR="00817343" w:rsidRDefault="007D197B" w:rsidP="008E5DC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
             <m:e>
@@ -9578,60 +8394,58 @@
             <m:t>;</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="6D1CB0DD" w14:textId="73C2FA08" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>в) до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>даткова</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -9640,141 +8454,129 @@
         </w:rPr>
         <w:t xml:space="preserve">від зміни </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>л</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>огості</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">огості </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...6 lines deleted...]
-        <w:t>с</w:t>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ред</w:t>
       </w:r>
       <w:r w:rsidR="00635204">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>е</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>овища</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-10"/>
         </w:rPr>
         <w:object w:dxaOrig="180" w:dyaOrig="310" w14:anchorId="251DE659">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:9.2pt;height:15.9pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:9pt;height:15.75pt" o:ole="">
             <v:imagedata r:id="rId9" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1802173810" r:id="rId10"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1833313162" r:id="rId10"/>
         </w:object>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00B9FEE8" w14:textId="0119C2BB" w:rsidR="00817343" w:rsidRDefault="009D1DAC" w:rsidP="008E5DC9">
+    <w:p w14:paraId="00B9FEE8" w14:textId="0119C2BB" w:rsidR="00817343" w:rsidRDefault="007D197B" w:rsidP="008E5DC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
             <m:e>
@@ -10084,155 +8886,127 @@
             <m:t>;</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="7A74BE0E" w14:textId="0F0844BF" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>г) до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="008E5DC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>даткова</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
       <w:r w:rsidR="008E5DC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008E5DC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>від</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>зм</w:t>
+        <w:t xml:space="preserve"> зм</w:t>
       </w:r>
       <w:r w:rsidR="008E5DC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>іни</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...13 lines deleted...]
-        <w:t>напр</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> напр</w:t>
       </w:r>
       <w:r w:rsidR="008E5DC9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>уги</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> живлення</w:t>
+        <w:t>уги живлення</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BAC0CA1" w14:textId="45B7082B" w:rsidR="00817343" w:rsidRDefault="009D1DAC" w:rsidP="008E5DC9">
+    <w:p w14:paraId="6BAC0CA1" w14:textId="45B7082B" w:rsidR="00817343" w:rsidRDefault="007D197B" w:rsidP="008E5DC9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
             <m:e>
@@ -10600,210 +9374,172 @@
             </w:rPr>
             <m:t>;</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="426D774C" w14:textId="25B7A8EC" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>д) до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>даткова</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>від</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> зм</w:t>
+      </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>частот</w:t>
       </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>напр</w:t>
+        <w:t xml:space="preserve"> напр</w:t>
       </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>уги</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>уги живле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>н</w:t>
       </w:r>
-      <w:r w:rsidR="000F11E4">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">я:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C866D5B" w14:textId="3E4E6FAB" w:rsidR="00817343" w:rsidRDefault="009D1DAC" w:rsidP="007C507D">
+    <w:p w14:paraId="7C866D5B" w14:textId="3E4E6FAB" w:rsidR="00817343" w:rsidRDefault="007D197B" w:rsidP="007C507D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:color w:val="000000"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
             <m:e>
@@ -11162,222 +9898,172 @@
             </w:rPr>
             <m:t>;</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="4C1E3897" w14:textId="455C37F9" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>е) до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004E5D16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>даткова</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">даткова </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
       <w:r w:rsidR="004E5D16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>хибка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="004E5D16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>хибка</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">від </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>зм</w:t>
       </w:r>
       <w:r w:rsidR="004E5D16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">від </w:t>
-[...7 lines deleted...]
-        <w:t>зм</w:t>
+        <w:t>іни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> напр</w:t>
       </w:r>
       <w:r w:rsidR="004E5D16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>іни</w:t>
-[...17 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>женост</w:t>
+      </w:r>
       <w:r w:rsidR="004E5D16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пост</w:t>
+      </w:r>
       <w:r w:rsidR="004E5D16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>ій</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ного магн</w:t>
+      </w:r>
+      <w:r w:rsidR="004E5D16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пост</w:t>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> поля:  </w:t>
+        <w:t xml:space="preserve">тного поля:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6DCE80" w14:textId="3BC3BF70" w:rsidR="00817343" w:rsidRPr="00ED75E8" w:rsidRDefault="009D1DAC" w:rsidP="004E5D16">
+    <w:p w14:paraId="3E6DCE80" w14:textId="3BC3BF70" w:rsidR="00817343" w:rsidRPr="00ED75E8" w:rsidRDefault="007D197B" w:rsidP="004E5D16">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
@@ -11552,61 +10238,59 @@
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1597CF95" w14:textId="40E97031" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>При</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004E5D16">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>клад</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
       <w:r w:rsidR="000F11E4" w:rsidRPr="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Визначити</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
       <w:r w:rsidR="000F11E4">
@@ -11645,101 +10329,90 @@
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> сигнал</w:t>
       </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> в </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> в точ</w:t>
+      </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">ці </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>МГц  в</w:t>
       </w:r>
       <w:r w:rsidR="009D1DAC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>сокочастотн</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>м</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> генератором сигнал</w:t>
       </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
@@ -11813,514 +10486,462 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> на ± 10°С. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C033AC0" w14:textId="679CA3C8" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">В </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>В техн</w:t>
+      </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ч</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ному</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> опис</w:t>
+      </w:r>
+      <w:r w:rsidR="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidR="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ладу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Г4-102 </w:t>
+      </w:r>
+      <w:r w:rsidR="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>казано, что по</w:t>
+      </w:r>
+      <w:r w:rsidR="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>хибка</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">і </w:t>
-[...6 lines deleted...]
-        <w:t>при</w:t>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>стан</w:t>
+      </w:r>
+      <w:r w:rsidR="008E53F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ов</w:t>
       </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ладу</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Г4-102 </w:t>
+        <w:t>лення</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> частот</w:t>
       </w:r>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не п</w:t>
+      </w:r>
+      <w:r w:rsidR="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>рев</w:t>
+      </w:r>
+      <w:r w:rsidR="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ищує</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ± 1 %, а до</w:t>
+      </w:r>
+      <w:r w:rsidR="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>даткова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:r w:rsidR="000F11E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>хибка</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008E53F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>казано, что по</w:t>
-[...31 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>станов</w:t>
+      </w:r>
       <w:r w:rsidR="008E53F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ов</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t>лення</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> частот</w:t>
       </w:r>
-      <w:r w:rsidR="000F11E4">
+      <w:r w:rsidR="008E53F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> не п</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000F11E4">
+        <w:t xml:space="preserve"> при зм</w:t>
+      </w:r>
+      <w:r w:rsidR="008E53F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>нен</w:t>
+      </w:r>
+      <w:r w:rsidR="008E53F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> температур</w:t>
+      </w:r>
+      <w:r w:rsidR="008E53F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на ± 10°С не п</w:t>
+      </w:r>
+      <w:r w:rsidR="008E53F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>рев</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000F11E4">
+      <w:r w:rsidR="008E53F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ищує</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> значен</w:t>
       </w:r>
       <w:r w:rsidR="008E53F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>в</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>±(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3000 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>нес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + 250) Гц, где </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>нес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – значение несу</w:t>
+      </w:r>
       <w:r w:rsidR="008E53F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>лення</w:t>
-[...206 lines deleted...]
-        </w:rPr>
         <w:t>чої</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> частот</w:t>
       </w:r>
       <w:r w:rsidR="008E53F6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> в МГц.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="22F1DDB9" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
       <w:pPr>
@@ -12336,61 +10957,59 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33D3D35B" w14:textId="333C1E97" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="000F11E4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>озв’язання</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="60601908" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61AD32FA" w14:textId="37F4BD4B" w:rsidR="00817343" w:rsidRDefault="00ED75E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -12406,124 +11025,118 @@
         </w:rPr>
         <w:t>Визначимо</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>межі</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>даткової</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> абсолютно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ї</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>станов</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>лення</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> частот</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C899050" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00ED75E8">
       <w:pPr>
@@ -12668,92 +11281,88 @@
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Відносна</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>даткова</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибка</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> с</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>кладає</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE92AF8" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:r>
             <w:rPr>
@@ -12888,59 +11497,57 @@
             </m:den>
           </m:f>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <m:t>∙100%= ±0,325%.</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="7B22337F" w14:textId="4F8416AB" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Тод</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007A54BA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">сумарна </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12957,60 +11564,58 @@
         </w:rPr>
         <w:t>хибка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>станов</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>лення</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> частот</w:t>
       </w:r>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> при </w:t>
       </w:r>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -13102,1186 +11707,998 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A1E934F" w14:textId="0461A578" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>При</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>клад</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Оц</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>нит</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> с</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>кладові</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>им</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ірювання</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>т</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>руму</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> в </w:t>
       </w:r>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>колі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00ED75E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> опо</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED75E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ром </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>200 Ом м</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>амперметром клас</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> точност</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,5 </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з верхнею границею діапазону вимірювання</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,25 мА, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>якщо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> показан</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ня до</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>івнює</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 0,18 мА. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Вимірювання</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведено при температур</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...22 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вітря</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> +26 °С, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>тиску</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 107,5 кПа </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>близ</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">румопровідної </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>шин</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с напр</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>жен</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t>стю магн</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>тного поля 300 А/м, а м</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB025B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>л</w:t>
       </w:r>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">амперметром </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">амперметр </w:t>
+      </w:r>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t>відноситься</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>і</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 0,5 </w:t>
+        <w:t xml:space="preserve">до групи </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>А лабораторн</w:t>
       </w:r>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">з </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>х при</w:t>
+      </w:r>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>верхнею</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>ладів</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> границею діапазону вимірювання</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 0,25 мА, </w:t>
+        <w:t>Визначити</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сумарну </w:t>
       </w:r>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>якщо</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> показан</w:t>
+        <w:t xml:space="preserve">вірогідну </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по</w:t>
       </w:r>
       <w:r w:rsidR="00BB025B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ня до</w:t>
-[...46 lines deleted...]
-        <w:t>і</w:t>
+        <w:t>хибку</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB025B">
-[...52 lines deleted...]
-        <w:t>та</w:t>
+      <w:r w:rsidR="00A24860">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вимірювання</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB025B">
-[...20 lines deleted...]
-        <w:t>у</w:t>
+      <w:r w:rsidR="00A24860">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00BB025B">
-[...294 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>вимірювання</w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">довірчою вірогідністю </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>дов</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 0,95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3206276D" w14:textId="003EFDAA" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>озв’язок</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31233F64" w14:textId="33BAEC94" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00A24860">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Оц</w:t>
       </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>інимо</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>інимо межі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> основно</w:t>
+      </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> межі</w:t>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> абсолютно</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24860">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ї</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24860">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>хибки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ї</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> абсолютно</w:t>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>им</w:t>
       </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ї</w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>хибки</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">ювання </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>сил</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24860">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>струму</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A24860">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">яка </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>в</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>і</w:t>
-[...111 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">иникає </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>при нормальн</w:t>
+      </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>х у</w:t>
       </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>мовах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -14608,65 +13025,56 @@
             <m:t>.</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="3140038F" w14:textId="05D19BAE" w:rsidR="00A24860" w:rsidRDefault="00A24860" w:rsidP="00A24860">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Визначимо </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">основну </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">відносну </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>по</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибку</w:t>
       </w:r>
       <w:r>
@@ -15095,286 +13503,252 @@
             <m:rPr>
               <m:sty m:val="p"/>
             </m:rPr>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <m:t>0,694(4)%.</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="2C9FEC49" w14:textId="7A4E5499" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Оц</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ним</w:t>
       </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>межі відносних</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> до</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>даткових</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">даткових </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>хибок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24860">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з урахуванням</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> груп</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24860">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...6 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>хибок</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ксплуатац</w:t>
       </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>з урахуванням</w:t>
+        <w:t>ії</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> м</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24860">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="00A24860">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">амперметра), </w:t>
+      </w:r>
+      <w:r w:rsidR="00264398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>які викликані</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...84 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>які викликані</w:t>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t>відхиленням</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> значен</w:t>
+      </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>чинників</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -15394,182 +13768,162 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>від</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>нормальн</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">х </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>х значен</w:t>
+      </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E386698" w14:textId="59A7BA53" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00264398">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">а) при </w:t>
-[...7 lines deleted...]
-        <w:t>зм</w:t>
+        <w:t>а) при зм</w:t>
       </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>іні</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> температур</w:t>
       </w:r>
       <w:r w:rsidR="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="24C47FEE" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-24"/>
         </w:rPr>
         <w:object w:dxaOrig="5820" w:dyaOrig="840" w14:anchorId="116788EE">
-          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:290.95pt;height:41.45pt" o:ole="">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:291pt;height:41.25pt" o:ole="">
             <v:imagedata r:id="rId11" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1802173811" r:id="rId12"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1833313163" r:id="rId12"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DAEE56C" w14:textId="493AF6A6" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">б) при </w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -15608,54 +13962,54 @@
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тиску</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-24"/>
         </w:rPr>
         <w:object w:dxaOrig="5740" w:dyaOrig="1250" w14:anchorId="4BFCD72B">
-          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:286.75pt;height:62.35pt" o:ole="">
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:286.5pt;height:62.25pt" o:ole="">
             <v:imagedata r:id="rId13" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1802173812" r:id="rId14"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1027" DrawAspect="Content" ObjectID="_1833313164" r:id="rId14"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F8517D8" w14:textId="37C10ECD" w:rsidR="00817343" w:rsidRDefault="0028361C" w:rsidP="0028361C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
             </w:rPr>
             <m:t>=</m:t>
           </m:r>
@@ -15858,220 +14212,169 @@
               <w:color w:val="000000"/>
             </w:rPr>
             <m:t>=0,3044505%;</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="3FF0A5BE" w14:textId="37B914B8" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">в) при </w:t>
-[...7 lines deleted...]
-        <w:t>зм</w:t>
+        <w:t>в) при зм</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>іні</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> пост</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ійної</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">ійної </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">кладової </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>напр</w:t>
+      </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>кладової</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>женост</w:t>
+      </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> магн</w:t>
+      </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...32 lines deleted...]
-        <w:t xml:space="preserve"> поля  </w:t>
+        <w:t xml:space="preserve">тного поля  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E132F8F" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:position w:val="-32"/>
         </w:rPr>
         <w:object w:dxaOrig="6375" w:dyaOrig="905" w14:anchorId="0EC1492B">
-          <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:318.55pt;height:45.2pt" o:ole="">
+          <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:318.75pt;height:45pt" o:ole="">
             <v:imagedata r:id="rId15" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1802173813" r:id="rId16"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1028" DrawAspect="Content" ObjectID="_1833313165" r:id="rId16"/>
         </w:object>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76F04FF7" w14:textId="6E6D0E08" w:rsidR="00817343" w:rsidRDefault="00264398">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16103,145 +14406,135 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C38A41F" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-34"/>
         </w:rPr>
         <w:object w:dxaOrig="1810" w:dyaOrig="820" w14:anchorId="07D6F682">
-          <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:91.25pt;height:41pt" o:ole="">
+          <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:91.5pt;height:41.25pt" o:ole="">
             <v:imagedata r:id="rId17" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1802173814" r:id="rId18"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1029" DrawAspect="Content" ObjectID="_1833313166" r:id="rId18"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="23FD40F5" w14:textId="3F905FD6" w:rsidR="00817343" w:rsidRDefault="00133D53" w:rsidP="00264398">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">де </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:position w:val="-4"/>
         </w:rPr>
         <w:object w:dxaOrig="240" w:dyaOrig="290" w14:anchorId="5CBB90AC">
-          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:12.15pt;height:14.65pt" o:ole="">
+          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:12pt;height:15pt" o:ole="">
             <v:imagedata r:id="rId19" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1802173815" r:id="rId20"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1030" DrawAspect="Content" ObjectID="_1833313167" r:id="rId20"/>
         </w:object>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ко</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>фи</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>іціє</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>нт</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">нт, </w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">який залежить від </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>дов</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
@@ -16264,286 +14557,246 @@
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ірогідності</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>дов</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00264398" w:rsidRPr="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>або</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> р</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вня значимост</w:t>
+      </w:r>
+      <w:r w:rsidR="00264398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>q)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та кількості</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сум</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:iCs/>
-[...20 lines deleted...]
-        <w:t>сум</w:t>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>овани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>х с</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>овани</w:t>
-[...23 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">кладових </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>по</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:position w:val="-4"/>
         </w:rPr>
         <w:object w:dxaOrig="240" w:dyaOrig="290" w14:anchorId="22AA0036">
-          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:12.15pt;height:14.65pt" o:ole="">
+          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:12pt;height:15pt" o:ole="">
             <v:imagedata r:id="rId19" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1802173816" r:id="rId21"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1031" DrawAspect="Content" ObjectID="_1833313168" r:id="rId21"/>
         </w:object>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">визначають з </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>таблиц</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
@@ -16570,231 +14823,206 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">загальна кількість </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>сум</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ованих</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">ованих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>хибок</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="449EE4EB" w14:textId="77777777" w:rsidR="00264398" w:rsidRDefault="00133D53" w:rsidP="00264398">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>дов</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">дов </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">+ q = 1 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00264398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00264398" w:rsidRPr="00264398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>або</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00264398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">+ q = 1 </w:t>
+        <w:t>100%</w:t>
       </w:r>
       <w:r w:rsidRPr="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00264398" w:rsidRPr="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>або</w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>якщо</w:t>
+      </w:r>
+      <w:r w:rsidR="00264398">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...19 lines deleted...]
-        <w:t>якщо</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>в</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ро</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">гідності </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>за</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -16864,140 +15092,122 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Таблиц</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>я</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> 1. Значен</w:t>
+      </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>я ко</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ф</w:t>
       </w:r>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ц</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00264398">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>іє</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>нта</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">нта </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:position w:val="-4"/>
         </w:rPr>
         <w:object w:dxaOrig="240" w:dyaOrig="290" w14:anchorId="6ED6D668">
-          <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:12.15pt;height:14.65pt" o:ole="">
+          <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:12pt;height:15pt" o:ole="">
             <v:imagedata r:id="rId19" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1802173817" r:id="rId22"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1032" DrawAspect="Content" ObjectID="_1833313169" r:id="rId22"/>
         </w:object>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="9471" w:type="dxa"/>
         <w:tblInd w:w="288" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2386"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="1620"/>
         <w:gridCol w:w="2225"/>
       </w:tblGrid>
       <w:tr w:rsidR="00817343" w14:paraId="0A25E9A3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w14:paraId="10AF8AF5" w14:textId="41BAA471" w:rsidR="00817343" w:rsidRDefault="00133D53">
@@ -17012,420 +15222,402 @@
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:r w:rsidR="00A24860">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A24860">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ькість</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="570D0E61" w14:textId="77777777" w:rsidR="00A24860" w:rsidRDefault="00133D53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-73"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>сум</w:t>
             </w:r>
             <w:r w:rsidR="00A24860">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ованих</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="39728630" w14:textId="26319425" w:rsidR="00817343" w:rsidRDefault="00133D53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-73"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A24860">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>кладових</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7085" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w14:paraId="7992A737" w14:textId="6E67191E" w:rsidR="00817343" w:rsidRDefault="00133D53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLineChars="200" w:firstLine="560"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Значен</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00A24860">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ня</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-4"/>
               </w:rPr>
               <w:object w:dxaOrig="240" w:dyaOrig="290" w14:anchorId="42EC35DD">
-                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:12.15pt;height:14.65pt" o:ole="">
+                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:12pt;height:15pt" o:ole="">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1802173818" r:id="rId23"/>
+                <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1033" DrawAspect="Content" ObjectID="_1833313170" r:id="rId23"/>
               </w:object>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">при </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>дов</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> (q)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00817343" w14:paraId="3B4AC1BE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="6B80C10B" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLineChars="200" w:firstLine="560"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="457AB0FE" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>дов</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0,90</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EE4CCA1" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>дов</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0,95</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1620" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A8AF37B" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>дов</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0,99</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3FABC253" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>дов</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 0,9973</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00817343" w14:paraId="03E8E74B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2386" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DF77CD3" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1260"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLineChars="200" w:firstLine="560"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -18381,69 +16573,51 @@
         </w:rPr>
         <w:t>ро</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>гідності</w:t>
       </w:r>
       <w:r w:rsidR="00133D53" w:rsidRPr="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0,95 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">та кількості </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">та кількості сумованих </w:t>
       </w:r>
       <w:r w:rsidR="00133D53" w:rsidRPr="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>кладових</w:t>
       </w:r>
       <w:r w:rsidR="00133D53" w:rsidRPr="00A24860">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -18510,54 +16684,54 @@
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67BED30B" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-66"/>
         </w:rPr>
         <w:object w:dxaOrig="8350" w:dyaOrig="1350" w14:anchorId="7ADB3048">
-          <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:417.35pt;height:67.4pt" o:ole="">
+          <v:shape id="_x0000_i1034" type="#_x0000_t75" style="width:417.75pt;height:67.5pt" o:ole="">
             <v:imagedata r:id="rId24" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1802173819" r:id="rId25"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1034" DrawAspect="Content" ObjectID="_1833313171" r:id="rId25"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EB34050" w14:textId="7C26DC8B" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
@@ -18591,212 +16765,116 @@
         <w:t>c</w:t>
       </w:r>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Для </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>. Для цього визначають абсолютн</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> похибк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>початку</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...113 lines deleted...]
-        <w:t>:</w:t>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> діапазона вимірювання і по всій шкалі діапазона:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DB70571" w14:textId="30C392AB" w:rsidR="00817343" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="5DB70571" w14:textId="30C392AB" w:rsidR="00817343" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
@@ -18925,51 +17003,51 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> - абсолютна похибка на початку діапазон</w:t>
       </w:r>
       <w:r w:rsidR="00DD49FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> вимірювання (умовний “0”);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5158ABB9" w14:textId="2D2E047B" w:rsidR="00817343" w:rsidRDefault="009D1DAC" w:rsidP="0061311E">
+    <w:p w14:paraId="5158ABB9" w14:textId="2D2E047B" w:rsidR="00817343" w:rsidRDefault="007D197B" w:rsidP="0061311E">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLineChars="177" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
@@ -19227,164 +17305,109 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="GulimChe" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">абсолютна </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>абсолютна похибка у всьому д</w:t>
+      </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="GulimChe" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="GulimChe" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> у </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>апазон</w:t>
+      </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="GulimChe" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="GulimChe" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> д</w:t>
+        <w:t xml:space="preserve"> вим</w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="GulimChe" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="GulimChe" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>апазон</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>рювання</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="GulimChe" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="51C0B2B8" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -19516,118 +17539,82 @@
               <m:sub>
                 <m:r>
                   <m:rPr>
                     <m:sty m:val="p"/>
                   </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="uk-UA"/>
                   </w:rPr>
                   <m:t>норм</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:den>
         </m:f>
       </m:oMath>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">100% . Її можна </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>100% . Її можна викори</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>товувати в формулах додаткових похибок як  γ</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...30 lines deleted...]
-          <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>кл</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="689526DD" w14:textId="2023D6E5" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
@@ -19814,411 +17801,328 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 30 В                             бачимо, що значення температури дорівнює </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3D90B3" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>вим</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 19,85 В                         верхньому значенню робочої області значень,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E4F227" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
+    <w:p w14:paraId="23E4F227" w14:textId="1BDE9E93" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>оточ</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">оточ </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>серед</w:t>
       </w:r>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> =</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>вим</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = +15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">ºС           а значення вологості і тиску - </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> робо-  </w:t>
+        <w:t>ºС           а значення вологості і тиску - всеред</w:t>
+      </w:r>
+      <w:r w:rsidR="00701D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ні робо-  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="212A94D1" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Ψ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>оточ</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">оточ серед </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> серед </w:t>
-[...6 lines deleted...]
-        <w:t>=</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ψ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>вим</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> області. Також є похибка систематичного </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 78%            чої області. Також є похибка систематичного </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="799BD6CF" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>оточ</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>оточ серед</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> =</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> серед</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> =</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>вим</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 102 кПа       характеру - зміщення початку відліку, яка та-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8CCEF0" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>живл</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 232 В                           </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...29 lines deleted...]
-        <w:t>-</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кож є додатковою або такою, яку можна усу-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36EBC440" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Δ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -20281,173 +18185,160 @@
                         </a:lnRef>
                         <a:fillRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent2"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="tx1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:line w14:anchorId="1BFCCD3D" id="Прямое соединение 1" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" from="16.9pt,24.15pt" to="189.4pt,24.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFHiCh7wEAAOsDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0uO1DAQ3SNxB8t7Oh/ozEzU6VnMCDYI&#10;WsCw9zh2x5J/sk0nvYMTcAQuwUizYDhD+kaUnZ6AAAmB2Ngpu97ze1WV1fmgJNox54XRDS4WOUZM&#10;U9MKvW3w1Zunj04x8oHolkijWYP3zOPz9cMHq97WrDSdkS1zCEi0r3vb4C4EW2eZpx1TxC+MZRou&#10;uXGKBAjdNmsd6YFdyazM8yrrjWutM5R5D6eX0yVeJ37OGQ0vOfcsINlg0BbS6tJ6HddsvSL11hHb&#10;CXqUQf5BhSJCw6Mz1SUJBL1z4hcqJagz3vCwoEZlhnNBWfIAbor8JzevO2JZ8gLF8XYuk/9/tPTF&#10;buOQaKF3GGmioEXjp8P7w8fxy/h1vEGHD3EbP4+34x3sd7DfoCKWrbe+BvSF3rhj5O3GxRoM3CnE&#10;pbBvI2s8AZ9ogKAoqrNqidG+wY+LJ2VVLKcGsCEgCgllcZafLKFPFDJOqjL1J5sYI491PjxjRqH4&#10;0WApdCwPqcnuuQ+gAlLvUyCICidN6SvsJYvJUr9iHCxHQQmdho1dSId2BMaEUMp0KKMy4EvZEcaF&#10;lDMw/zPwmB+hLA3i34BnRHrZ6DCDldDG/e71MKS2gGQ+5d9XYPIdS3Bt2n3qVioNTFRyeJz+OLI/&#10;xgn+/R9dfwMAAP//AwBQSwMEFAAGAAgAAAAhAFo3eGjeAAAACAEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj81OwzAQhO9IvIO1SFwQdYqhDSFOBQguHJAaqnJ17SUO+CeK3Ta8PcsJjjOzmvm2Xk3esQOO&#10;qY9BwnxWAMOgo+lDJ2Hz9nxZAktZBaNcDCjhGxOsmtOTWlUmHsMaD23uGJWEVCkJNueh4jxpi16l&#10;WRwwUPYRR68yybHjZlRHKveOXxXFgnvVB1qwasBHi/qr3XsJn69bp8XTe3nxsI3rQs8X7WBfpDw/&#10;m+7vgGWc8t8x/OITOjTEtIv7YBJzEoQg8izhuhTAKBfLkowdGbc3wJua/3+g+QEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQDFHiCh7wEAAOsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBaN3ho3gAAAAgBAAAPAAAAAAAAAAAAAAAAAEkEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAVAUAAAAA&#10;" strokecolor="#bc4542 [3045]"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>дов</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 0,98                                у двох варіантах). Таким чином складових су-</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FA92DBB" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 марної похибки буде</w:t>
       </w:r>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> чотири</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">: основна похибка </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="084C25D2" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Δ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Σ  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>- ?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Δ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Σвірог</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> - ?</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -20586,51 +18477,51 @@
       <w:r w:rsidR="00DD49FA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> вимірювання</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CC18C82" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78380A1A" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="78380A1A" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
             <m:e>
               <m:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
@@ -20961,133 +18852,113 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Визначимо додаткові похибки у відносній формі </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A69907C" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">2.1) спочатку </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>2.1) спочатку зна</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>й</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">демо </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>γ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>кл</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0ED896CD" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="261E0154" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="261E0154" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
@@ -21605,69 +19476,58 @@
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="6825B899" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A27B18F" w14:textId="77777777" w:rsidR="00817343" w:rsidRPr="00133D53" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>або</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">   2.1.а)  </w:t>
+        <w:t xml:space="preserve">або   2.1.а)  </w:t>
       </w:r>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <m:t>∆</m:t>
             </m:r>
           </m:e>
           <m:sub>
             <m:r>
@@ -22485,54 +20345,54 @@
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2.2) додаткова похибка від температури</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17F2FF2C" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-48"/>
         </w:rPr>
         <w:object w:dxaOrig="5866" w:dyaOrig="1260" w14:anchorId="2CE080AC">
-          <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:293.45pt;height:62.35pt" o:ole="">
+          <v:shape id="_x0000_i1035" type="#_x0000_t75" style="width:293.25pt;height:62.25pt" o:ole="">
             <v:imagedata r:id="rId26" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1802173820" r:id="rId27"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1035" DrawAspect="Content" ObjectID="_1833313172" r:id="rId27"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="60340CA8" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3) додаткова </w:t>
@@ -22556,102 +20416,102 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибка від напруги живлення вольтметра</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="47D6626C" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:position w:val="-98"/>
         </w:rPr>
         <w:object w:dxaOrig="8301" w:dyaOrig="2677" w14:anchorId="3BB50A25">
-          <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:415.25pt;height:133.55pt" o:ole="">
+          <v:shape id="_x0000_i1036" type="#_x0000_t75" style="width:414.75pt;height:133.5pt" o:ole="">
             <v:imagedata r:id="rId28" o:title="" cropbottom="-2264f"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1802173821" r:id="rId29"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1036" DrawAspect="Content" ObjectID="_1833313173" r:id="rId29"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="068A9777" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2.4) додаткова пох</w:t>
       </w:r>
       <w:r w:rsidR="00D85160">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>бка від зміщення нуля</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DE155A0" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="0DE155A0" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
               </m:ctrlPr>
@@ -22841,51 +20701,51 @@
     </w:p>
     <w:p w14:paraId="13BDB38C" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.1) максимальну</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F9DB003" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="6F9DB003" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMathParaPr>
           <m:jc m:val="left"/>
         </m:oMathParaPr>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
@@ -23216,63 +21076,61 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.2) вірогідну</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> (P</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>дов</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 0,99 і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
@@ -23280,51 +21138,51 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>k</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 4)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2B0D3C" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="4B2B0D3C" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMathParaPr>
           <m:jc m:val="left"/>
         </m:oMathParaPr>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
@@ -23754,51 +21612,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.1) Основна абсолютна похибка</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39E4759E" w14:textId="77777777" w:rsidR="00111AE8" w:rsidRDefault="00111AE8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08EBBF79" w14:textId="0C81058B" w:rsidR="00817343" w:rsidRPr="00111AE8" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="08EBBF79" w14:textId="0C81058B" w:rsidR="00817343" w:rsidRPr="00111AE8" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMathParaPr>
           <m:jc m:val="center"/>
         </m:oMathParaPr>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
               </m:ctrlPr>
@@ -24193,51 +22051,51 @@
     </w:p>
     <w:p w14:paraId="571D2A0C" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4.2) Додаткова абсолютна похибка від температури</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14E2E4D4" w14:textId="3ED529B4" w:rsidR="00817343" w:rsidRPr="00111AE8" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="14E2E4D4" w14:textId="3ED529B4" w:rsidR="00817343" w:rsidRPr="00111AE8" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
@@ -24460,51 +22318,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.3) Додаткова абсолютна похибка від напруги живлення</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C16E6D7" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35A28379" w14:textId="2F7E4A37" w:rsidR="00817343" w:rsidRPr="00111AE8" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="35A28379" w14:textId="2F7E4A37" w:rsidR="00817343" w:rsidRPr="00111AE8" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:bCs/>
                   <w:i/>
                   <w:iCs/>
                   <w:color w:val="000000"/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
             <m:e>
@@ -24819,51 +22677,51 @@
     </w:p>
     <w:p w14:paraId="61A29D6E" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>5.1) максимальну</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="367E5E47" w14:textId="51859CC4" w:rsidR="00817343" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="367E5E47" w14:textId="51859CC4" w:rsidR="00817343" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
@@ -25153,75 +23011,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="uk-UA"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:dPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="uk-UA"/>
                   </w:rPr>
                   <m:t>0,1246183+0,04925+ +0,005955+0,05</m:t>
                 </m:r>
               </m:e>
             </m:d>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <m:t>В = ±0,2298233 В</m:t>
-[...23 lines deleted...]
-              <m:t>0,23 В</m:t>
+              <m:t>В = ±0,2298233 В≈±0,23 В</m:t>
             </m:r>
           </m:e>
         </m:nary>
       </m:oMath>
       <w:r w:rsidR="00111AE8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D491A10" w14:textId="77777777" w:rsidR="00111AE8" w:rsidRPr="00111AE8" w:rsidRDefault="00111AE8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
@@ -25470,608 +23304,441 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </m:ctrlPr>
           </m:radPr>
           <m:deg/>
           <m:e>
             <m:sSup>
               <m:sSupPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:i/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSupPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
-                  <m:t>0,</m:t>
-[...13 lines deleted...]
-                  <m:t>46183</m:t>
+                  <m:t>0,1246183</m:t>
                 </m:r>
               </m:e>
               <m:sup>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <m:t>2</m:t>
                 </m:r>
               </m:sup>
             </m:sSup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <m:t>+</m:t>
             </m:r>
             <m:sSup>
               <m:sSupPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:i/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSupPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
-                  <m:t>0,</m:t>
-[...13 lines deleted...]
-                  <m:t>4925</m:t>
+                  <m:t>0,04925</m:t>
                 </m:r>
               </m:e>
               <m:sup>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <m:t>2</m:t>
                 </m:r>
               </m:sup>
             </m:sSup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <m:t>+</m:t>
             </m:r>
             <m:sSup>
               <m:sSupPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:i/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSupPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
-                  <m:t>0,0</m:t>
-[...13 lines deleted...]
-                  <m:t>5955</m:t>
+                  <m:t>0,005955</m:t>
                 </m:r>
               </m:e>
               <m:sup>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <m:t>2</m:t>
                 </m:r>
               </m:sup>
             </m:sSup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <m:t>+</m:t>
             </m:r>
             <m:sSup>
               <m:sSupPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:bCs/>
                     <w:i/>
                     <w:iCs/>
                     <w:color w:val="000000"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSupPr>
               <m:e>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
-                  <m:t>0,</m:t>
-[...13 lines deleted...]
-                  <m:t>5</m:t>
+                  <m:t>0,05</m:t>
                 </m:r>
               </m:e>
               <m:sup>
                 <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <m:t>2</m:t>
                 </m:r>
               </m:sup>
             </m:sSup>
           </m:e>
         </m:rad>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:color w:val="000000"/>
           </w:rPr>
-          <m:t>=</m:t>
-[...69 lines deleted...]
-          <m:t>2</m:t>
+          <m:t>=                 = 0,2018357В ≈±0,2</m:t>
         </m:r>
       </m:oMath>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00133D53">
         <w:rPr>
           <w:rFonts w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:r w:rsidR="00F9218C">
         <w:rPr>
           <w:rFonts w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F5E4B7A" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
+    <w:p w14:paraId="3F5E4B7A" w14:textId="56BFB584" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Запишемо</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Запишем результат</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> результат</w:t>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-        <w:t>и</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вимірювання</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-        <w:t>вимірювання</w:t>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t>:</w:t>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вим</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:vertAlign w:val="subscript"/>
-[...4 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = 19,85 В ± 0,23 В, δ</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>макс</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>δ</w:t>
-[...20 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> = ±1,16 %</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F827072" w14:textId="0310373A" w:rsidR="00817343" w:rsidRDefault="00133D53">
+    <w:p w14:paraId="1F827072" w14:textId="00705C22" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                       </w:t>
+        <w:t xml:space="preserve">                                                                     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>вим</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 19,8</w:t>
       </w:r>
       <w:r w:rsidR="0033463F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> В ± 0,</w:t>
       </w:r>
       <w:r w:rsidR="0033463F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> В, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> В, δ</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Σвір</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ±1,02 %</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A20992F" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -26122,114 +23789,89 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6CC554F3" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Абсолютна похибка від зміщення нуля має систематичний характер, тому її можна </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> шляхом введення поправки:</w:t>
+        <w:t>Абсолютна похибка від зміщення нуля має систематичний характер, тому її можна обнулити шляхом введення поправки:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6958D4A1" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0FE20320" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">С = - </w:t>
-[...7 lines deleted...]
-        <w:t>Δ</w:t>
+        <w:t>С = - Δ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>сист</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> = - Δ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>”0”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> = - 0,05 В</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C9EA5E9" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
       <w:pPr>
@@ -26270,178 +23912,153 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> результат вимірювання буде</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="01E174C4" w14:textId="77777777" w:rsidR="00817343" w:rsidRPr="00133D53" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>випр</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> вим</w:t>
+      </w:r>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00133D53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>вим</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...23 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> + С = 19,85 В + (- 0,05 В) = 19,80 В</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41493CAC" w14:textId="77777777" w:rsidR="00817343" w:rsidRPr="00133D53" w:rsidRDefault="00817343">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31A9788A" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Дал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> потр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>потр</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t>бно</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> обрахувати всі складові із виправленим значенням напруги.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D821FBF" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1408C585" w14:textId="77777777" w:rsidR="00817343" w:rsidRPr="00133D53" w:rsidRDefault="00133D53">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:leftChars="200" w:left="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -26453,51 +24070,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Основна відносна похибка результату виправленого вимірювання буде</w:t>
       </w:r>
       <w:r w:rsidRPr="00133D53">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F8E3EB5" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="00817343">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F0872DA" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="009D1DAC">
+    <w:p w14:paraId="7F0872DA" w14:textId="77777777" w:rsidR="00817343" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMathParaPr>
           <m:jc m:val="center"/>
         </m:oMathParaPr>
         <m:oMath>
           <m:sSub>
             <m:sSubPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:lang w:val="uk-UA"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSubPr>
             <m:e>
               <m:r>
                 <w:rPr>
@@ -26901,61 +24518,61 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00817343" w:rsidSect="006A0DCD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1964CE98" w14:textId="77777777" w:rsidR="00487D9D" w:rsidRDefault="00487D9D">
+    <w:p w14:paraId="2D7E30BC" w14:textId="77777777" w:rsidR="007D197B" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E05B8EC" w14:textId="77777777" w:rsidR="00487D9D" w:rsidRDefault="00487D9D">
+    <w:p w14:paraId="3EF9CA10" w14:textId="77777777" w:rsidR="007D197B" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -26999,61 +24616,61 @@
   <w:font w:name="幼圆">
     <w:altName w:val="Segoe Print"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="GulimChe">
     <w:charset w:val="81"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="B00002AF" w:usb1="69D77CFB" w:usb2="00000030" w:usb3="00000000" w:csb0="0008009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="37E90EF7" w14:textId="77777777" w:rsidR="00487D9D" w:rsidRDefault="00487D9D">
+    <w:p w14:paraId="2A156CA0" w14:textId="77777777" w:rsidR="007D197B" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4AEFB33F" w14:textId="77777777" w:rsidR="00487D9D" w:rsidRDefault="00487D9D">
+    <w:p w14:paraId="5BA3A8BB" w14:textId="77777777" w:rsidR="007D197B" w:rsidRDefault="007D197B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="B650ADB0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B650ADB0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1260" w:firstLine="0"/>
@@ -27213,52 +24830,52 @@
     <w:nsid w:val="7EB9F6FD"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="7EB9F6FD"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="space"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:val="bestFit" w:percent="179"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C63D1C"/>
     <w:rsid w:val="00000400"/>
     <w:rsid w:val="000019EF"/>
     <w:rsid w:val="00002DAF"/>
     <w:rsid w:val="00003EA1"/>
@@ -27298,50 +24915,51 @@
     <w:rsid w:val="000D3266"/>
     <w:rsid w:val="000E287B"/>
     <w:rsid w:val="000E3D6E"/>
     <w:rsid w:val="000E3EE7"/>
     <w:rsid w:val="000E571E"/>
     <w:rsid w:val="000F11E4"/>
     <w:rsid w:val="001035B0"/>
     <w:rsid w:val="001075F3"/>
     <w:rsid w:val="00111AE8"/>
     <w:rsid w:val="001164BD"/>
     <w:rsid w:val="001171C3"/>
     <w:rsid w:val="00120CF3"/>
     <w:rsid w:val="0012416C"/>
     <w:rsid w:val="001261DE"/>
     <w:rsid w:val="00126303"/>
     <w:rsid w:val="00131537"/>
     <w:rsid w:val="00133D53"/>
     <w:rsid w:val="00134DC1"/>
     <w:rsid w:val="00136667"/>
     <w:rsid w:val="00140D4B"/>
     <w:rsid w:val="001417B6"/>
     <w:rsid w:val="00141EC7"/>
     <w:rsid w:val="00143139"/>
     <w:rsid w:val="001461EB"/>
     <w:rsid w:val="0015724C"/>
+    <w:rsid w:val="0016468F"/>
     <w:rsid w:val="00167C10"/>
     <w:rsid w:val="00171384"/>
     <w:rsid w:val="00172453"/>
     <w:rsid w:val="00173847"/>
     <w:rsid w:val="00176E12"/>
     <w:rsid w:val="00177D51"/>
     <w:rsid w:val="00180C0E"/>
     <w:rsid w:val="0018228E"/>
     <w:rsid w:val="00183C92"/>
     <w:rsid w:val="00185350"/>
     <w:rsid w:val="001872CB"/>
     <w:rsid w:val="0019557D"/>
     <w:rsid w:val="001961FD"/>
     <w:rsid w:val="001A01DB"/>
     <w:rsid w:val="001A1736"/>
     <w:rsid w:val="001A2880"/>
     <w:rsid w:val="001A4888"/>
     <w:rsid w:val="001B0305"/>
     <w:rsid w:val="001B5658"/>
     <w:rsid w:val="001C17B1"/>
     <w:rsid w:val="001C218E"/>
     <w:rsid w:val="001C60C7"/>
     <w:rsid w:val="001D1CF4"/>
     <w:rsid w:val="001D2693"/>
     <w:rsid w:val="001D5B9D"/>
@@ -27461,50 +25079,51 @@
     <w:rsid w:val="003D35F5"/>
     <w:rsid w:val="003D3AFE"/>
     <w:rsid w:val="003D416F"/>
     <w:rsid w:val="003D5AFB"/>
     <w:rsid w:val="003F168D"/>
     <w:rsid w:val="003F6F8E"/>
     <w:rsid w:val="003F7996"/>
     <w:rsid w:val="00401DE2"/>
     <w:rsid w:val="00404B39"/>
     <w:rsid w:val="00405C2E"/>
     <w:rsid w:val="00405F25"/>
     <w:rsid w:val="00407005"/>
     <w:rsid w:val="0040715C"/>
     <w:rsid w:val="00407B52"/>
     <w:rsid w:val="004110D3"/>
     <w:rsid w:val="00412AFB"/>
     <w:rsid w:val="00414EEB"/>
     <w:rsid w:val="0042718B"/>
     <w:rsid w:val="00427B3C"/>
     <w:rsid w:val="00431625"/>
     <w:rsid w:val="00431952"/>
     <w:rsid w:val="004319D5"/>
     <w:rsid w:val="004367E6"/>
     <w:rsid w:val="00436E71"/>
     <w:rsid w:val="00437039"/>
+    <w:rsid w:val="0044284A"/>
     <w:rsid w:val="0044483D"/>
     <w:rsid w:val="004453C0"/>
     <w:rsid w:val="004477FE"/>
     <w:rsid w:val="00453123"/>
     <w:rsid w:val="00455074"/>
     <w:rsid w:val="004575EB"/>
     <w:rsid w:val="00457B18"/>
     <w:rsid w:val="004634AC"/>
     <w:rsid w:val="00464145"/>
     <w:rsid w:val="00464EAE"/>
     <w:rsid w:val="00465398"/>
     <w:rsid w:val="00465B70"/>
     <w:rsid w:val="00466018"/>
     <w:rsid w:val="00466E15"/>
     <w:rsid w:val="00470264"/>
     <w:rsid w:val="00470351"/>
     <w:rsid w:val="0047254F"/>
     <w:rsid w:val="00472C84"/>
     <w:rsid w:val="00477306"/>
     <w:rsid w:val="0048043F"/>
     <w:rsid w:val="00480DF7"/>
     <w:rsid w:val="00480E94"/>
     <w:rsid w:val="00481BE7"/>
     <w:rsid w:val="00482833"/>
     <w:rsid w:val="004849C9"/>
@@ -27537,50 +25156,51 @@
     <w:rsid w:val="004F16E9"/>
     <w:rsid w:val="004F3B8F"/>
     <w:rsid w:val="004F6144"/>
     <w:rsid w:val="00505116"/>
     <w:rsid w:val="00505923"/>
     <w:rsid w:val="00506D82"/>
     <w:rsid w:val="0050777E"/>
     <w:rsid w:val="00507B7E"/>
     <w:rsid w:val="00510486"/>
     <w:rsid w:val="00512870"/>
     <w:rsid w:val="00520D7A"/>
     <w:rsid w:val="00525D02"/>
     <w:rsid w:val="00530385"/>
     <w:rsid w:val="005334C8"/>
     <w:rsid w:val="00535D55"/>
     <w:rsid w:val="00536252"/>
     <w:rsid w:val="005403E5"/>
     <w:rsid w:val="00540557"/>
     <w:rsid w:val="00540772"/>
     <w:rsid w:val="0054142A"/>
     <w:rsid w:val="0054370F"/>
     <w:rsid w:val="00543DB5"/>
     <w:rsid w:val="00545023"/>
     <w:rsid w:val="00554F7B"/>
     <w:rsid w:val="00560C19"/>
+    <w:rsid w:val="00562762"/>
     <w:rsid w:val="00563F38"/>
     <w:rsid w:val="005666E0"/>
     <w:rsid w:val="00567267"/>
     <w:rsid w:val="0057439F"/>
     <w:rsid w:val="00575C43"/>
     <w:rsid w:val="005762C8"/>
     <w:rsid w:val="00582665"/>
     <w:rsid w:val="00583BEE"/>
     <w:rsid w:val="00584438"/>
     <w:rsid w:val="00586B59"/>
     <w:rsid w:val="00590EC1"/>
     <w:rsid w:val="005A14EC"/>
     <w:rsid w:val="005A16F9"/>
     <w:rsid w:val="005A4233"/>
     <w:rsid w:val="005A42D7"/>
     <w:rsid w:val="005A7118"/>
     <w:rsid w:val="005B07F1"/>
     <w:rsid w:val="005C5038"/>
     <w:rsid w:val="005C7CC5"/>
     <w:rsid w:val="005D1330"/>
     <w:rsid w:val="005D22D3"/>
     <w:rsid w:val="005D535E"/>
     <w:rsid w:val="005E2345"/>
     <w:rsid w:val="005E2870"/>
     <w:rsid w:val="005E4ED8"/>
@@ -27624,99 +25244,101 @@
     <w:rsid w:val="006932E5"/>
     <w:rsid w:val="00693831"/>
     <w:rsid w:val="00694AB2"/>
     <w:rsid w:val="006A0DCD"/>
     <w:rsid w:val="006A5E5F"/>
     <w:rsid w:val="006A626E"/>
     <w:rsid w:val="006B087E"/>
     <w:rsid w:val="006B0A5D"/>
     <w:rsid w:val="006B378D"/>
     <w:rsid w:val="006C0B26"/>
     <w:rsid w:val="006C2D0A"/>
     <w:rsid w:val="006D0A75"/>
     <w:rsid w:val="006D238C"/>
     <w:rsid w:val="006D2989"/>
     <w:rsid w:val="006D303D"/>
     <w:rsid w:val="006D6D49"/>
     <w:rsid w:val="006D7BD5"/>
     <w:rsid w:val="006E046C"/>
     <w:rsid w:val="006E07DC"/>
     <w:rsid w:val="006E2D47"/>
     <w:rsid w:val="006E405A"/>
     <w:rsid w:val="006E6F0E"/>
     <w:rsid w:val="006F33EB"/>
     <w:rsid w:val="006F7F97"/>
     <w:rsid w:val="00700272"/>
+    <w:rsid w:val="00701D62"/>
     <w:rsid w:val="0071001A"/>
     <w:rsid w:val="00712E58"/>
     <w:rsid w:val="00713B75"/>
     <w:rsid w:val="00720A3E"/>
     <w:rsid w:val="00720CAE"/>
     <w:rsid w:val="0072168E"/>
     <w:rsid w:val="00721B10"/>
     <w:rsid w:val="0072214E"/>
     <w:rsid w:val="00724FB7"/>
     <w:rsid w:val="00726279"/>
     <w:rsid w:val="00727949"/>
     <w:rsid w:val="007303E1"/>
     <w:rsid w:val="00732066"/>
     <w:rsid w:val="0073223C"/>
     <w:rsid w:val="00733708"/>
     <w:rsid w:val="00736E32"/>
     <w:rsid w:val="00737747"/>
     <w:rsid w:val="00741CA9"/>
     <w:rsid w:val="007432F1"/>
     <w:rsid w:val="00745C33"/>
     <w:rsid w:val="007460C9"/>
     <w:rsid w:val="0075058D"/>
     <w:rsid w:val="007520F3"/>
     <w:rsid w:val="0075304C"/>
     <w:rsid w:val="007532A5"/>
     <w:rsid w:val="007539FE"/>
     <w:rsid w:val="00753E92"/>
     <w:rsid w:val="00754587"/>
     <w:rsid w:val="00755EB9"/>
     <w:rsid w:val="0076741F"/>
     <w:rsid w:val="007712E7"/>
     <w:rsid w:val="00771C03"/>
     <w:rsid w:val="007817CC"/>
     <w:rsid w:val="00784AE4"/>
     <w:rsid w:val="00785B17"/>
     <w:rsid w:val="007879E8"/>
     <w:rsid w:val="00793E9F"/>
     <w:rsid w:val="007A54BA"/>
     <w:rsid w:val="007A7A11"/>
     <w:rsid w:val="007B5F17"/>
     <w:rsid w:val="007B687C"/>
     <w:rsid w:val="007C159B"/>
     <w:rsid w:val="007C2966"/>
     <w:rsid w:val="007C2E40"/>
     <w:rsid w:val="007C3406"/>
     <w:rsid w:val="007C3773"/>
     <w:rsid w:val="007C507D"/>
     <w:rsid w:val="007C53D7"/>
     <w:rsid w:val="007D0DA0"/>
+    <w:rsid w:val="007D197B"/>
     <w:rsid w:val="007D323B"/>
     <w:rsid w:val="007D5682"/>
     <w:rsid w:val="007E29A8"/>
     <w:rsid w:val="007F0673"/>
     <w:rsid w:val="007F26D9"/>
     <w:rsid w:val="007F3669"/>
     <w:rsid w:val="007F689F"/>
     <w:rsid w:val="0080037C"/>
     <w:rsid w:val="00800710"/>
     <w:rsid w:val="008066F7"/>
     <w:rsid w:val="00813C75"/>
     <w:rsid w:val="00815C36"/>
     <w:rsid w:val="00816AA4"/>
     <w:rsid w:val="00817343"/>
     <w:rsid w:val="00824270"/>
     <w:rsid w:val="0082603E"/>
     <w:rsid w:val="008262A2"/>
     <w:rsid w:val="00835843"/>
     <w:rsid w:val="0084241B"/>
     <w:rsid w:val="0084495C"/>
     <w:rsid w:val="00846705"/>
     <w:rsid w:val="008522A1"/>
     <w:rsid w:val="008666C2"/>
     <w:rsid w:val="00873391"/>
     <w:rsid w:val="008763C6"/>
@@ -28085,50 +25707,51 @@
     <w:rsid w:val="00E81AC9"/>
     <w:rsid w:val="00E87EAD"/>
     <w:rsid w:val="00E943E0"/>
     <w:rsid w:val="00E953DE"/>
     <w:rsid w:val="00E95A53"/>
     <w:rsid w:val="00E97357"/>
     <w:rsid w:val="00EA04EB"/>
     <w:rsid w:val="00EB6DDA"/>
     <w:rsid w:val="00EC3499"/>
     <w:rsid w:val="00EC41F0"/>
     <w:rsid w:val="00ED06D4"/>
     <w:rsid w:val="00ED0D6D"/>
     <w:rsid w:val="00ED37A1"/>
     <w:rsid w:val="00ED620F"/>
     <w:rsid w:val="00ED75E8"/>
     <w:rsid w:val="00ED7A4F"/>
     <w:rsid w:val="00EE1D6D"/>
     <w:rsid w:val="00EE2C5D"/>
     <w:rsid w:val="00EE49DD"/>
     <w:rsid w:val="00EF377D"/>
     <w:rsid w:val="00EF4FFE"/>
     <w:rsid w:val="00EF5FE9"/>
     <w:rsid w:val="00EF6AE1"/>
     <w:rsid w:val="00EF7BAD"/>
     <w:rsid w:val="00F0021F"/>
+    <w:rsid w:val="00F05BCD"/>
     <w:rsid w:val="00F10F13"/>
     <w:rsid w:val="00F13972"/>
     <w:rsid w:val="00F13ECB"/>
     <w:rsid w:val="00F158D5"/>
     <w:rsid w:val="00F15CE7"/>
     <w:rsid w:val="00F175FE"/>
     <w:rsid w:val="00F20859"/>
     <w:rsid w:val="00F22D87"/>
     <w:rsid w:val="00F23F9A"/>
     <w:rsid w:val="00F24F77"/>
     <w:rsid w:val="00F254DE"/>
     <w:rsid w:val="00F26FB9"/>
     <w:rsid w:val="00F31086"/>
     <w:rsid w:val="00F37C88"/>
     <w:rsid w:val="00F414F7"/>
     <w:rsid w:val="00F41685"/>
     <w:rsid w:val="00F43AF0"/>
     <w:rsid w:val="00F44CF2"/>
     <w:rsid w:val="00F501C8"/>
     <w:rsid w:val="00F5525A"/>
     <w:rsid w:val="00F55EF0"/>
     <w:rsid w:val="00F61966"/>
     <w:rsid w:val="00F62203"/>
     <w:rsid w:val="00F626A0"/>
     <w:rsid w:val="00F62C8A"/>
@@ -29120,94 +26743,94 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{359180C3-EFC6-47E8-982C-54D3B07D8C79}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{040ABB31-D460-4279-B2FE-0E0A40424DA8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
   <Words>2102</Words>
-  <Characters>11988</Characters>
+  <Characters>11985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>99</Lines>
   <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14062</CharactersWithSpaces>
+  <CharactersWithSpaces>14059</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Tamara</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.13489</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>D166091AFC7B4231BFF2E9A9252CCF58_13</vt:lpwstr>
   </property>