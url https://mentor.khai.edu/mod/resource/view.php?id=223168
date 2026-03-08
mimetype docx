--- v0 (2025-11-08)
+++ v1 (2026-03-08)
@@ -5,94 +5,79 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="36F5153C" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="36F5153C" w14:textId="5AB94BAD" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc148066748"/>
       <w:r>
-        <w:t>Практика №</w:t>
-[...5 lines deleted...]
-        <w:t>2</w:t>
+        <w:t>Практика №2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="733C6E98" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:pStyle w:val="1"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Тема</w:t>
-[...11 lines deleted...]
-        <w:t>Н</w:t>
+        <w:t xml:space="preserve">Тема: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ОДНОКРАТН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>І</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> ПРЯМ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>І</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
@@ -152,321 +137,344 @@
     <w:p w14:paraId="6D212E81" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2D01F3B0" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="560"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Формули</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ра</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>зу</w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">значень: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EEE8546" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="560"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F7B9C34" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="5F7B9C34" w14:textId="3E76BF57" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>абсолютн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>их</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибок</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F044"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> = </w:t>
+      </w:r>
+      <w:r w:rsidR="00327473">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve">им </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00327473">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ійсне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ;  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F044"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> = х</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>в</w:t>
+        <w:t>ви</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t xml:space="preserve">им </w:t>
-[...6 lines deleted...]
-        <w:t>– х</w:t>
+        <w:t xml:space="preserve">м </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>х</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
-        <w:t>д</w:t>
-      </w:r>
+        <w:t>ном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ійсне</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> = х</w:t>
+        <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
-          <w:lang w:val="uk-UA"/>
-[...39 lines deleted...]
-          <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (для однозначн</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> (для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>однозначн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>х м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">р)  </w:t>
@@ -483,249 +491,247 @@
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>(позначається буквою грецького алфавіту “дельта велика”);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="235903A8" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28EDFC4E" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="28EDFC4E" w14:textId="551E53C2" w:rsidR="001C279F" w:rsidRPr="00327473" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>- відно</w:t>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>відно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>сн</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>х по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибок</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F064"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ±</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <m:rPr>
                 <m:sty m:val="bi"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <m:t>Δ</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <m:rPr>
-                <m:sty m:val="b"/>
+                <m:sty m:val="bi"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <m:t>Х</m:t>
             </m:r>
             <m:r>
               <m:rPr>
-                <m:sty m:val="b"/>
+                <m:sty m:val="bi"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <m:t>ви</m:t>
             </m:r>
             <m:r>
               <m:rPr>
-                <m:sty m:val="b"/>
+                <m:sty m:val="bi"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="36"/>
-                <w:szCs w:val="36"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <m:t>м</m:t>
             </m:r>
           </m:den>
         </m:f>
       </m:oMath>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> · 100</w:t>
-[...24 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> 100%;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F064"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = ± (с + d ·(</w:t>
+        <w:t xml:space="preserve"> = ± (с + d (</w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <m:rPr>
             <m:sty m:val="bi"/>
           </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:color w:val="000000"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <m:t xml:space="preserve"> </m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
@@ -819,122 +825,188 @@
                 </m:r>
                 <m:r>
                   <m:rPr>
                     <m:sty m:val="bi"/>
                   </m:rPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                   <m:t>им</m:t>
                 </m:r>
               </m:sub>
             </m:sSub>
           </m:den>
         </m:f>
       </m:oMath>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> - 1))</w:t>
       </w:r>
+      <w:r w:rsidR="00327473">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <m:oMath>
+        <m:r>
+          <m:rPr>
+            <m:sty m:val="bi"/>
+          </m:rPr>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+            <w:color w:val="000000"/>
+          </w:rPr>
+          <m:t xml:space="preserve">ε= </m:t>
+        </m:r>
+        <m:f>
+          <m:fPr>
+            <m:ctrlPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:b/>
+                <w:i/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </m:ctrlPr>
+          </m:fPr>
+          <m:num>
+            <m:r>
+              <m:rPr>
+                <m:sty m:val="bi"/>
+              </m:rPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <m:t>1</m:t>
+            </m:r>
+          </m:num>
+          <m:den>
+            <m:d>
+              <m:dPr>
+                <m:begChr m:val="|"/>
+                <m:endChr m:val="|"/>
+                <m:ctrlPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                    <w:b/>
+                    <w:i/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                </m:ctrlPr>
+              </m:dPr>
+              <m:e>
+                <m:r>
+                  <m:rPr>
+                    <m:sty m:val="bi"/>
+                  </m:rPr>
+                  <w:rPr>
+                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
+                    <w:color w:val="000000"/>
+                  </w:rPr>
+                  <m:t>δ</m:t>
+                </m:r>
+              </m:e>
+            </m:d>
+          </m:den>
+        </m:f>
+      </m:oMath>
+      <w:r w:rsidR="00327473">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - точність</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4CF4FF9F" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">(позначається буквою </w:t>
-[...6 lines deleted...]
-        <w:t>грецького алфавіту “дельта мала”),</w:t>
+        <w:t>(позначається буквою грецького алфавіту “дельта мала”),</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DFF54F2" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="776AAE1D" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>де</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">де  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">им </w:t>
       </w:r>
@@ -954,193 +1026,181 @@
         </w:rPr>
         <w:t>виміряне значення фізичної величини Х;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52A68572" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ійсне</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">дійсне значення фізичної величини Х (відоме або обраховане заздалегідь); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="595A4A71" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="595A4A71" w14:textId="36736300" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>ном</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">-  </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve">); </w:t>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">номінальне значення міри (відоме і записано в паспорті на цю міру); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77E6BDB2" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="77E6BDB2" w14:textId="1418A215" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="150" w:firstLine="422"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>х</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -1157,54 +1217,54 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>нормуюче значення (характеристика приладу - діапазон вимірювання, відоме, показано на шкалі приладу і  і записано в документації на прилад);</w:t>
+        <w:t>нормуюче значення (характеристика приладу - діапазон вимірювання, відоме, показано на шкалі приладу і  записано в документації на прилад);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A083E09" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="6A083E09" w14:textId="716D95CC" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="150" w:firstLine="422"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -1218,189 +1278,235 @@
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>- аддитивна та мультиплікативна складові загальної основної похибки приладу, в</w:t>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>аддитивна</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> та мультиплікативна складові загальної основної похибки приладу, в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>казан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">як </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> %</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в документації на </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>як</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>прилад;</w:t>
+      </w:r>
+      <w:r w:rsidR="00327473">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>с</w:t>
+      <w:r w:rsidR="00491D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>наприклад</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> в документації на прилад;</w:t>
+      <w:r w:rsidR="00491D78">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00327473">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0,5/1,5; 1,0/1,0</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5940E085" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="5940E085" w14:textId="257DB291" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-        <w:t>на</w:t>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ведено</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ї</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">γ = ± </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
@@ -1525,75 +1631,70 @@
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EE12258" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="150" w:firstLine="420"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Для</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> аналогових приладів по значенню наведеної похибки нормують одну з основних характеристик - клас точності: </w:t>
+        <w:t xml:space="preserve">Для аналогових приладів по значенню наведеної похибки нормують одну з основних характеристик - клас точності: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>γ</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>кл</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ± </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
@@ -1683,180 +1784,175 @@
             </m:sSub>
           </m:den>
         </m:f>
       </m:oMath>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> · 100%</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>(гама класу). Якщо функція перетворення приладу суттєво нелінійна, то клас точності нормують однозначною відносною похибкою</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> (наприклад, 2,0). Для цифрових приладів клас точності нормують двозначною відносною похибкою (наприклад, 0,5/1,0). Ані буква, ані знак “%” при цьому не позначають.</w:t>
+        <w:t>(гама класу). Якщо функція перетворення приладу суттєво нелінійна, то клас точності нормують однозначною відносною похибкою (наприклад, 2,0). Для цифрових приладів клас точності нормують двозначною відносною похибкою (наприклад, 0,5/1,0). Ані буква, ані знак “%” при цьому не позначають.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DEF83CD" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="150" w:firstLine="420"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Клас точності для будь-якого вимірювального приладу характеризує межі сумарної основної та </w:t>
-[...6 lines deleted...]
-        <w:t>додаткових похибок в нормальних умовах застосування приладу. В реальності похибка менша за клас точності, але завжди важливо знати межі похибки (тобто найбільше можливе значення).</w:t>
+        <w:t>Клас точності для будь-якого вимірювального приладу характеризує межі сумарної основної та додаткових похибок в нормальних умовах застосування приладу. В реальності похибка менша за клас точності, але завжди важливо знати межі похибки (тобто найбільше можливе значення).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78A036CC" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="78A036CC" w14:textId="202FDAD9" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:ind w:firstLine="560"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Класс точност</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Класс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>точност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> для аналогов</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>х при</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ладів</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> норм</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ують</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> за </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>максимально</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ю</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>на</w:t>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ведено</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ю</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -1877,91 +1973,102 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> округляют</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> до </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>найближчого</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">найближчого </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>льш</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">я </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>з стандартного ряд</w:t>
@@ -1971,67 +2078,65 @@
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(1,0; 1,5; 2,0; 2,5; 3,0; 4,0; 5,0; 6,0) · 10</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ,</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>,</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> где р = 1, 0, -1, -2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35631C75" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t>При</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -2045,895 +2150,982 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">я </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>на</w:t>
       </w:r>
       <w:r>
         <w:t>веден</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t>х по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибок</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> д</w:t>
       </w:r>
       <w:r>
         <w:t>ля в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ра</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>зу</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> клас</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>клас</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ів</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>точност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36478128" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>γ = 0,016% – γ</w:t>
+        <w:t xml:space="preserve">γ = 0,016% – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>γ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>кл</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 0,02%, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7032AE66" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">γ = 0,31% </w:t>
-[...5 lines deleted...]
-        <w:t>– γ</w:t>
+        <w:t xml:space="preserve">γ = 0,31% – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>γ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>кл</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 0,4%, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="63597B36" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>γ = 1,1% – γ</w:t>
+        <w:t xml:space="preserve">γ = 1,1% – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>γ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>кл</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 1,5%, и т.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ін</w:t>
-[...6 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>ін.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7AD89FB4" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="150" w:firstLine="420"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6373BB78" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="150" w:firstLine="422"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Основна похибка</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> - це похибка, яка характеризує результат вимірювання конкретної фізичної величини (наприклад, якщо вимірюємо потужність за допомогою ваттметру, то основною похибкою буде похибка вимірювання пот</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ужності конкретним ваттметром). При цьому умови вимірювання повинні бути в межах так званих нормальних умов (про це - в подальших практиках). </w:t>
+        <w:t xml:space="preserve"> - це похибка, яка характеризує результат вимірювання конкретної фізичної величини (наприклад, якщо вимірюємо потужність за допомогою </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ваттметру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, то основною похибкою буде похибка вимірювання потужності конкретним </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ваттметром</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). При цьому умови вимірювання повинні бути в межах так званих нормальних умов (про це - в подальших практиках). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69EBC6D4" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="150" w:firstLine="420"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1537A3DC" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="1537A3DC" w14:textId="213C6908" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="150" w:firstLine="422"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>При</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>клад</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Необх</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ідно</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> виміряти силу струму </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>порядк</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4 А. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Для</w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> 2 прилади</w:t>
+        <w:t>Для цього є 2 при</w:t>
+      </w:r>
+      <w:r w:rsidR="00A96A58">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>лади</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>амперметр клас</w:t>
-      </w:r>
+        <w:t xml:space="preserve">амперметр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>клас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> точност</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>точност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 0,5 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> верхн</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>верхн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ею</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> границею вимірювання</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  20 А </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t>і 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> амперметр </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>клас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>точност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
-          <w:lang w:val="uk-UA"/>
-[...45 lines deleted...]
-        <w:t>,5</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1,5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>/2,5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>з</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> діапазоном вимірювання -</w:t>
+        <w:t>з діапазоном вимірювання -</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>5А.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>..+5А. Визначити, я</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>к</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ий</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> прилад </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">буде </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>забезпечувати</w:t>
-[...13 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">забезпечувати </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">меньше </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> максимально</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ї</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> допус</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>допус</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тимої</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>основно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ї</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">при </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>вимірюванні</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>сили</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> струму </w:t>
+        <w:t xml:space="preserve">сили струму </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>4 А.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1295F788" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1E45D042" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Р</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>озв’язок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="77534220" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="501CB0C6" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Визначимо</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>межі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> допус</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>допус</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тимої</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>основн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ої</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> абсолютн</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>абсолютн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ої</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> п</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ри</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>вимірюван</w:t>
       </w:r>
-      <w:r>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ні </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>сил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -2941,107 +3133,102 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> амперметр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">м </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>№</w:t>
-[...6 lines deleted...]
-        <w:t>1</w:t>
+        <w:t>№1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77B66C2D" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2C60E8CB" w14:textId="77777777" w:rsidR="001C279F" w:rsidRPr="00973433" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:position w:val="-26"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>γ</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>кл</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> = ± </w:t>
       </w:r>
       <m:oMath>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
@@ -3176,143 +3363,147 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:position w:val="-24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:object w:dxaOrig="4557" w:dyaOrig="776" w14:anchorId="5BE343AF">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:227.95pt;height:38.65pt" o:ole="">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:228.1pt;height:38.55pt" o:ole="">
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1800312874" r:id="rId8"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1832747157" r:id="rId8"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CCF83B2" w14:textId="77777777" w:rsidR="001C279F" w:rsidRPr="00973433" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:position w:val="-26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FFC163C" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Визначимо</w:t>
-[...13 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Визначимо </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>максимальне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">я </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>відносної</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">відносної </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> вимірювання сили струму амперметром №</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64EDDC14" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
@@ -3326,250 +3517,242 @@
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1420D4C5" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:position w:val="-30"/>
         </w:rPr>
         <w:object w:dxaOrig="4707" w:dyaOrig="802" w14:anchorId="38A878E0">
-          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:235.3pt;height:40.05pt" o:ole="">
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:235.5pt;height:39.95pt" o:ole="">
             <v:imagedata r:id="rId9" o:title=""/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1800312875" r:id="rId10"/>
+          <o:OLEObject Type="Embed" ProgID="Equation.3" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1832747158" r:id="rId10"/>
         </w:object>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A8F3373" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:position w:val="-26"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="72B5B138" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Для амперметра №2 можна визначити межі </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>допус</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>тимої</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>основн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ої</w:t>
       </w:r>
-      <w:r>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">відносної </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, так як клас точності заданий </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+        <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F5CA782" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6092EAEF" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="6092EAEF" w14:textId="259622C3" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F064"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> = ± (с + d ·(</w:t>
+        <w:t xml:space="preserve"> = ± (с + d (</w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <m:rPr>
             <m:sty m:val="bi"/>
           </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:color w:val="000000"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
           </w:rPr>
           <m:t xml:space="preserve"> </m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
@@ -3699,711 +3882,789 @@
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:b/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
               <m:rPr>
                 <m:sty m:val="bi"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <m:t>10</m:t>
-[...12 lines deleted...]
-              <m:t>А</m:t>
+              <m:t>10А</m:t>
             </m:r>
           </m:num>
           <m:den>
             <m:r>
               <m:rPr>
                 <m:sty m:val="bi"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <m:t>4</m:t>
-[...12 lines deleted...]
-              <m:t>А</m:t>
+              <m:t>4А</m:t>
             </m:r>
           </m:den>
         </m:f>
         <m:r>
           <m:rPr>
             <m:sty m:val="bi"/>
           </m:rPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:color w:val="000000"/>
             <w:sz w:val="32"/>
             <w:szCs w:val="32"/>
             <w:lang w:val="uk-UA"/>
           </w:rPr>
-          <m:t xml:space="preserve"> - </m:t>
-[...25 lines deleted...]
-          <m:t>))</m:t>
+          <m:t xml:space="preserve"> - 1))</m:t>
         </m:r>
       </m:oMath>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Cambria Math"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>= (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>1,5 +</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 0,5 (2,5 - 1)) = 2,25 %</w:t>
+        <w:t>1,5 + 0,5 (2,5 - 1)) = 2,25 %</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F4BC250" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="186A820F" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="186A820F" w14:textId="09A93D48" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Аналіз</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> формул дає, що виміряне значення характеризує </w:t>
+        <w:t xml:space="preserve">Аналіз формул дає, що виміряне значення характеризує </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">саме відносна </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">похибка, а не абсолютна (в даному випадку) чи наведена. </w:t>
+        <w:t xml:space="preserve">похибка, а не абсолютна (в даному випадку) чи </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ведена. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490C2AD4" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLineChars="200" w:firstLine="560"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Тому, порівнюючи значення відносних похибок 2,25 </w:t>
-[...6 lines deleted...]
-        <w:t>˂</w:t>
+        <w:t>Тому, порівнюючи значення відносних похибок 2,25 ˂</w:t>
       </w:r>
       <w:r w:rsidRPr="00973433">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>2,5</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, бачимо, що амперметром №2 можна виміряти силу струму з меншою похибкою. </w:t>
+        <w:t xml:space="preserve">2,5, бачимо, що амперметром №2 можна виміряти силу струму з меншою похибкою. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72D3D563" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43AE3704" w14:textId="6173FA30" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3951F3D5" w14:textId="77777777" w:rsidR="00973433" w:rsidRDefault="00973433">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="0D817EA1" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Задач</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BE3A8BA" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27CCB0ED" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="27CCB0ED" w14:textId="5B5C3646" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="560"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLineChars="200" w:firstLine="560"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">1. </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">1. За </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>результатам</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пов</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>пов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">рки амперметра </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>рки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> амперметра </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>із</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>застосуванням</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">застосуванням </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>потенц</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ометра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пост</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ійного</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> струму </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> (рис. 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>необхідно</w:t>
-[...13 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">необхідно визначити </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>клас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>точност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>амперметра</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Амперметр</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> має діапазон вимірювання від 0 до 5А, і його шкала проградуйована по таких значеннях:</w:t>
+        <w:t xml:space="preserve">Амперметр має діапазон вимірювання від 0 до </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>А, і його шкала проградуйована по таких значеннях:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">норм </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> 0; 0,2</w:t>
+        <w:t xml:space="preserve"> 0; </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>; 0,4</w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>; 0,6</w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>; 0,8</w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>; 1А</w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5,0А; 6,0А; 7,0А; 8,0А; 9,0А; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0,0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> За допомогою резистора </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>рег</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4472,283 +4733,354 @@
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ет</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>на</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> потенціометрі </w:t>
+        <w:t xml:space="preserve">на потенціометрі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> з підвищеною точністю </w:t>
-[...14 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> з підвищеною точністю вимірювали відповідні з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>начен</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">я </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>сили</w:t>
-[...20 lines deleted...]
-        <w:t>, які становили</w:t>
+        <w:t>сили струму, які становили</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>вим</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> комп </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> 0,008</w:t>
+        <w:t xml:space="preserve"> 0,0</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>; 0,192</w:t>
+        <w:t>; 0,9</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>; 0,397</w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>; 0,589</w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,9</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>; 0,801</w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
-        <w:t>; 0,999А</w:t>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>,99А</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>; 6,05А; 7,02А; 8,00А; 8,98А; 9,96А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72AC4744" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:ind w:firstLineChars="200" w:firstLine="562"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5636ED5E" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
@@ -5369,57 +5701,59 @@
                 </v:line>
                 <v:line id="Line 25" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:4752;top:10778;flip:y;height:720;width:0;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAD50SLLYAAADb&#10;AAAADwAAAGRycy9kb3ducmV2LnhtbEVPSwrCMBDdC94hjOBOU0VUqtGFIhYEwVpxOzRjW2wmpYm/&#10;25uF4PLx/sv129TiSa2rLCsYDSMQxLnVFRcKsvNuMAfhPLLG2jIp+JCD9arbWWKs7YtP9Ex9IUII&#10;uxgVlN43sZQuL8mgG9qGOHA32xr0AbaF1C2+Qrip5TiKptJgxaGhxIY2JeX39GEUmKKh9Hq477fJ&#10;5TTLZpM8qY9OqX5vFC1AeHr7v/jnTrSCcVgfvoQfIFdfUEsDBBQAAAAIAIdO4kAzLwWeOwAAADkA&#10;AAAQAAAAZHJzL3NoYXBleG1sLnhtbLOxr8jNUShLLSrOzM+zVTLUM1BSSM1Lzk/JzEu3VQoNcdO1&#10;UFIoLknMS0nMyc9LtVWqTC1Wsrfj5QIAUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3Jl&#10;bHMvUEsDBBQAAAAIAIdO4kDVXCYozAAAAI8BAAALAAAAX3JlbHMvLnJlbHOlkLFqAzEMhvdA38Fo&#10;7/mSoZQQX7ZC1pBCV2Hr7kzOlrHMNXn7uJRCL2TLoEG/0PcJ7faXMKmZsniOBtZNC4qiZefjYODz&#10;9PH6DkoKRocTRzJwJYF997LaHWnCUpdk9ElUpUQxMJaStlqLHSmgNJwo1knPOWCpbR50QnvGgfSm&#10;bd90/s+AbsFUB2cgH9wG1OmaqvmOHbzNLNyXxnLQ3PfePqJqGTHRV5gqBvNAxYDL8pvW05paoB+b&#10;10+aHX/HI81L8U+Yaf7z6sUbuxtQSwMEFAAAAAgAh07iQFrjEWb3AAAA4gEAABMAAABbQ29udGVu&#10;dF9UeXBlc10ueG1slZFNT8QgEIbvJv4HMlfTUj0YY0r3YPWoRtcfMIFpS7YFwmDd/ffS/bgY18Qj&#10;zLzP+wTq1XYaxUyRrXcKrssKBDntjXW9go/1U3EHghM6g6N3pGBHDKvm8qJe7wKxyGnHCoaUwr2U&#10;rAeakEsfyOVJ5+OEKR9jLwPqDfYkb6rqVmrvErlUpIUBTd1Sh59jEo/bfH0wiTQyiIfD4tKlAEMY&#10;rcaUTeXszI+W4thQ5uR+hwcb+CprgPy1YZmcLzjmXvLTRGtIvGJMzzhlDWkiS+O/XKS5/BuyWE5c&#10;+K6zmso2cptjbzSfrM7RecBAGf1f/PuSO8Hl/oeab1BLAQIUABQAAAAIAIdO4kBa4xFm9wAAAOIB&#10;AAATAAAAAAAAAAEAIAAAAIcCAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAA&#10;AAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAbgEAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kDVXCYozAAA&#10;AI8BAAALAAAAAAAAAAEAIAAAAJIBAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAA&#10;AAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQA+dEiy2AAAA2wAAAA8A&#10;AAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kAzLwWeOwAAADkA&#10;AAAQAAAAAAAAAAEAIAAAAAUBAABkcnMvc2hhcGV4bWwueG1sUEsFBgAAAAAGAAYAWwEAAK8DAAAA&#10;AA==&#10;">
                   <v:fill on="f" focussize="0,0"/>
                   <v:stroke weight="1pt" color="#000000" joinstyle="round" endarrow="block"/>
                   <v:imagedata o:title=""/>
                   <o:lock v:ext="edit" aspectratio="f"/>
                 </v:line>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>рег</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="143D1E1F" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                 А</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07B93F1E" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
@@ -5567,1516 +5901,1580 @@
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="414D0687" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Рис</w:t>
       </w:r>
       <w:r w:rsidRPr="00973433">
         <w:t xml:space="preserve">. 1. </w:t>
       </w:r>
       <w:r>
-        <w:t>Схема пов</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Схема </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>пов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>рки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> амперметра </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>за допомогою п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>отенц</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve">ометра </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ометра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43002E47" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78FC2D56" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="78FC2D56" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85" w:rsidP="00486087">
       <w:pPr>
+        <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Вказівки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D642A62" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="7D642A62" w14:textId="6D23B6D3" w:rsidR="001C279F" w:rsidRDefault="00065C85" w:rsidP="00486087">
       <w:pPr>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="567"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">При </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>визначенні</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">визначенні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>абсолютн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>их</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибок</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">я, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>які</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> відповідають </w:t>
+        <w:t xml:space="preserve">які відповідають </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">точкам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r>
+        <w:t>шкал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> амперметра, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вважати </w:t>
+      </w:r>
+      <w:r>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>йс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ними з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>начен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>нями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вони нормовані, нанесені на шкалу і відомі заздалегідь, а в процесі повірки треба перевірити, чи відповідає амперметр призначенню і який клас точності має на момент повірки); виміряні значення отримують з</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> показан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> компенсатора. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BAF268" w14:textId="0B3B90EA" w:rsidR="001C279F" w:rsidRDefault="00065C85" w:rsidP="00486087">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Абсолютні похибки (</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> значень) визначити з урахуванням знаків</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> («+»</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:t>«-»)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> і з точністю до</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 0,01 А. Груб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>іше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>не округлят</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> (для того </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">застосований </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>потенц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>метрич</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ний</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> компенсатор, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>щоб</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ідвищити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>точн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>сть</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вимірювань</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">).   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF23C8C" w14:textId="07AD7B50" w:rsidR="001C279F" w:rsidRDefault="00065C85" w:rsidP="00486087">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">2). Для </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">визначення відносної похибки скористатися відомою </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>формуло</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ю  </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F064"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>= ±(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:sym w:font="Symbol" w:char="F044"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>/х</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="subscript"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вим</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) · 100%.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>АЛЕ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>даном</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у випадку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в знамен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ник</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">потрібно </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>підставля</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-ти </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>нормую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>чі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>я ПОВ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>І</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>РЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Є</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>МОГО при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ладу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>, т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ак</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>як</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оц</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>юють</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саме </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">його </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>хибки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Відносних </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>по</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>хибок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> також буде </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0409AC9E" w14:textId="0A5859FB" w:rsidR="001C279F" w:rsidRDefault="00065C85" w:rsidP="00486087">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3). Для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>вс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> амперметра, </w:t>
-[...17 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>зн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ачен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>точ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>к диапазон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вимірювання</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>) р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>озрахувати</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ведені похибки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">їх також буде </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, уважно дивіться </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">формулу!).   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="022FD024" w14:textId="63783246" w:rsidR="001C279F" w:rsidRDefault="00065C85" w:rsidP="00486087">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Встановити клас точності за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>максимально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ведено</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>хибкою</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вирази</w:t>
+      </w:r>
+      <w:r w:rsidR="00486087">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ти нормованим числом (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>округл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ити</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> розраховане число </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">найближчого </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:r>
-[...33 lines deleted...]
-        <w:t>точності має на момент повірки</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>льш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>я з</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стандартного ряд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у чисел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F50A507" w14:textId="152D8CBC" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(1,0; 1,5; 2,0; 2,5; 3,0; 4,0; 5,0; 6,0) · 10</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...10 lines deleted...]
-        <w:t>виміряні</w:t>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
-          <w:lang w:val="uk-UA"/>
-[...897 lines deleted...]
-        <w:t xml:space="preserve"> где р = 1, 0, -1, -2…</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де р = 1, 0, -1, -2…</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53D80756" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:ind w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="219E6083" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="219E6083" w14:textId="6A8C8FB0" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>При вимірюванні</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">При вимірюванні </w:t>
       </w:r>
       <w:r>
         <w:t>сил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
       <w:r>
         <w:t>т</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>руму</w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">живлення </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">установки для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>пов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:r>
-        <w:t>рки п</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>рки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> п</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>рометр</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">в </w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">в амперметром </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>клас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>1,0</w:t>
-[...20 lines deleted...]
-        <w:t>п</w:t>
+        <w:t>1,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>отримали п</w:t>
       </w:r>
       <w:r>
         <w:t>оказан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">86 </w:t>
+      <w:r w:rsidR="00F42D8E" w:rsidRPr="00F42D8E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>по</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>л</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ок</w:t>
       </w:r>
-      <w:r>
-[...16 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при довжині шкали, розрахованій на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>max</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> =</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">00 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>поділок</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">поділок, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>межами</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>діапазону</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">діапазону </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">вимірювання </w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">вимірювання  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>min</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
@@ -7095,488 +7493,451 @@
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>max</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>=</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>0 А</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Визначити</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Визначити </w:t>
       </w:r>
       <w:r>
         <w:t>ц</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ну </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>поділки</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">поділки </w:t>
       </w:r>
       <w:r>
         <w:t>шкал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>виміряне</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> значення </w:t>
+        <w:t xml:space="preserve">виміряне значення </w:t>
       </w:r>
       <w:r>
         <w:t>сил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>струму і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>межі</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> абсолютно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ї</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">вання </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вимірювання </w:t>
       </w:r>
       <w:r>
         <w:t>сил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
       <w:r>
         <w:t>т</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>руму</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53E93524" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34A87EB8" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Вказівки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F122E1D" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="3F122E1D" w14:textId="464AD872" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Визначити</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> ціну поділки шкали</w:t>
+        <w:t>Визначити ціну поділки шкали</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> амперметра </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
       <w:r>
         <w:t>, в</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
-      <w:r>
-        <w:t>ражену в А/</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>ражену</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> в А/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>поді</w:t>
       </w:r>
       <w:r>
         <w:t>л. Про</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>стіше</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> за все це зробити</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>якщо</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> застосувати границі </w:t>
+        <w:t xml:space="preserve">якщо застосувати границі </w:t>
       </w:r>
       <w:r>
         <w:t>шкал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>що</w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>що вказані в поділках (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>max</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve"> і</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> амперах</w:t>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:r>
+        <w:t>амперах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>max</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>. С</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>піввідношення</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>д</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>апазон</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ів</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вимірювання </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>о</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>диниц</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>я</w:t>
       </w:r>
       <w:r>
         <w:t>х сил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>струму</w:t>
       </w:r>
       <w:r>
@@ -7587,151 +7948,163 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>по</w:t>
       </w:r>
       <w:r>
         <w:t>д</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t>л</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ках</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> буде дорівнювати </w:t>
       </w:r>
       <w:r>
         <w:t>ц</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t>н</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>поділки</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> шкал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>и</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> С</w:t>
+        <w:t>и С</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377FDD23" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="377FDD23" w14:textId="1E324984" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
-        <w:t>2) Зная ц</w:t>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Зна</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ючи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ц</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ну </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>поділки</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> шкал</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t>, п</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ерерахувати</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>показан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>поділках</w:t>
       </w:r>
       <w:r>
@@ -7755,1309 +8128,1479 @@
       <w:r>
         <w:t xml:space="preserve"> в амперах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> (результат вимірювання)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>АБО</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>класти</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">класти </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>пропорц</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t>ю</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> і зразу визначити </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">результат </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>вимірювання</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">вимірювання </w:t>
       </w:r>
       <w:r>
         <w:t>сил</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>с</w:t>
       </w:r>
       <w:r>
         <w:t>т</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>руму</w:t>
       </w:r>
-      <w:r>
-[...13 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>у відповідних о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>диниц</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>я</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">х </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>вимірювання</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F534FF2" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Розрахувати</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Розрахувати </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>абсолютн</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у </w:t>
       </w:r>
       <w:r>
         <w:t>по</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>хибку</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> за метрологічними даними приладу</w:t>
+        <w:t>хибку за метрологічними даними приладу</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>див</w:t>
       </w:r>
       <w:r>
         <w:t>. при</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>клад</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A2ED4A5" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71A0C70F" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="71A0C70F" w14:textId="06D06EAB" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Визначити</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> можливі </w:t>
+        <w:t xml:space="preserve">Визначити можливі </w:t>
       </w:r>
       <w:r>
         <w:t>показан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> дв</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>дв</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ох</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>е</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>лектронн</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t>х вольтметр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>границями</w:t>
-[...11 lines deleted...]
-        <w:t>150 В</w:t>
+        <w:t xml:space="preserve">границями вимірювань </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>0 В</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>якщо</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">якщо </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>клас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>точност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> пер</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ш</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ого – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>1,5</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, а </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>другого</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>1,0</w:t>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,0</w:t>
       </w:r>
       <w:r>
         <w:t>. Д</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>йсне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>виміряної</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> напруги</w:t>
+        <w:t>виміряної напруги</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>= 100 В</w:t>
+        <w:t xml:space="preserve">= </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="400173E0" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="12C721BC" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Вказівки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C65D61A" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
-        <w:t>1) Для обох при</w:t>
+        <w:t xml:space="preserve">1) Для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>обох</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> при</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ладів</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>визначити</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>визначити межі</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>абсолютн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t>х по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибок</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> за їх </w:t>
       </w:r>
       <w:r>
         <w:t>метролог</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t>ч</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>ними</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">ними </w:t>
       </w:r>
       <w:r>
         <w:t>характеристик</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ами</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>див</w:t>
       </w:r>
       <w:r>
         <w:t>. при</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>клад</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69D3951C" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>За</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> абсолютн</w:t>
+        <w:t>За значеннями</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>абсолютн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>их</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибок</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> («±») </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>та</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>відомим</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">відомим </w:t>
       </w:r>
       <w:r>
         <w:t>д</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ійсним</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> значен</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>значен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ням</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">найти </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>можливі</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>виміряні</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> значен</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ї</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">х буде 4). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="750C4223" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7252394A" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="7252394A" w14:textId="57A9C918" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1260"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Визначити</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Визначити </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>клас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>точност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> цифрового вольтметра, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>якщо</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve">  напр</w:t>
+        <w:t>якщо при вимірюванні</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>напр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>уги</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> 1,000В </w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1,5 В його показання було 1,48 В, при вимірюванні </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1,0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>його</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> показ</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ання</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> було </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">1,012В, а при </w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t>1,0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5 </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">В, при </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вимірюванні </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>напр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>уги</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 0,5</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">його </w:t>
+      </w:r>
+      <w:r>
+        <w:t>показ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ання</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>б</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>уло</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> 0,58</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, а в значенні 0 показання отримали 0,3 В</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Нормую</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ч</w:t>
       </w:r>
       <w:r>
-        <w:t>е значен</w:t>
-      </w:r>
+        <w:t xml:space="preserve">е </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> вольтметра (д</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> вольтметра  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дорівнює </w:t>
+      </w:r>
+      <w:r>
+        <w:t>1,5 В</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:t>(д</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-        <w:t>1,5 В.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F42D8E">
+        <w:t>апазон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F42D8E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вимірювань 0 – 1,5 В</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="576CC065" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="021DCDEB" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Вказівки</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C716113" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="4C716113" w14:textId="501AEBA8" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Знайти</w:t>
-[...6 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">Знайти </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>абсолютн</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>чотирьох</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34A5F24B" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="34A5F24B" w14:textId="4E8979DD" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>Обрахувати</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> на</w:t>
+        <w:t xml:space="preserve">Обрахувати </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з</w:t>
       </w:r>
       <w:r>
         <w:t>веден</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> по</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>хибки</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для в</w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>сі</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">х </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ь</w:t>
       </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шкали</w:t>
+      </w:r>
       <w:r>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D4CF04D" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="5D4CF04D" w14:textId="3811B392" w:rsidR="001C279F" w:rsidRDefault="00065C85">
       <w:pPr>
         <w:ind w:firstLine="708"/>
       </w:pPr>
       <w:r>
         <w:t>3) В</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
         <w:t>разит</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> клас точност</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>клас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>точност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> через значен</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> через </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одне </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>значен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ня</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>я</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">саме </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">з </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>чотирьо</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>х?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r>
-[...30 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F42D8E">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>аведеної похибки</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>стандартн</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4124E">
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>значенням</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BAB97A1" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:ind w:firstLine="708"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30E4FDA4" w14:textId="77777777" w:rsidR="001C279F" w:rsidRDefault="001C279F">
       <w:pPr>
         <w:ind w:firstLine="708"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001C279F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1421" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="165D3D13" w14:textId="77777777" w:rsidR="00065C85" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="1F8F4795" w14:textId="77777777" w:rsidR="003C1058" w:rsidRDefault="003C1058">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27317720" w14:textId="77777777" w:rsidR="00065C85" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="35BC88D9" w14:textId="77777777" w:rsidR="003C1058" w:rsidRDefault="003C1058">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="2000009F" w:csb1="DFD70000"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="幼圆">
     <w:altName w:val="Segoe Print"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="E00002FF" w:usb1="420024FF" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2EC0FE81" w14:textId="77777777" w:rsidR="00065C85" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="22BA49BF" w14:textId="77777777" w:rsidR="003C1058" w:rsidRDefault="003C1058">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6D9D8760" w14:textId="77777777" w:rsidR="00065C85" w:rsidRDefault="00065C85">
+    <w:p w14:paraId="63A6AFDA" w14:textId="77777777" w:rsidR="003C1058" w:rsidRDefault="003C1058">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
-  <w:zoom w:val="bestFit" w:percent="214"/>
-  <w:proofState w:grammar="clean"/>
+  <w:zoom w:val="bestFit" w:percent="161"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF41D9"/>
     <w:rsid w:val="00000400"/>
     <w:rsid w:val="000019EF"/>
     <w:rsid w:val="00002DAF"/>
     <w:rsid w:val="00003EA1"/>
     <w:rsid w:val="00010FBF"/>
@@ -9191,80 +9734,82 @@
     <w:rsid w:val="002C4EC4"/>
     <w:rsid w:val="002D1741"/>
     <w:rsid w:val="002D2695"/>
     <w:rsid w:val="002E2575"/>
     <w:rsid w:val="002E3A96"/>
     <w:rsid w:val="002E582F"/>
     <w:rsid w:val="002E5A2F"/>
     <w:rsid w:val="002E7188"/>
     <w:rsid w:val="002E7FA6"/>
     <w:rsid w:val="002F032D"/>
     <w:rsid w:val="002F0D1C"/>
     <w:rsid w:val="002F48F3"/>
     <w:rsid w:val="002F6A89"/>
     <w:rsid w:val="002F7528"/>
     <w:rsid w:val="00300BD8"/>
     <w:rsid w:val="003061AF"/>
     <w:rsid w:val="00310591"/>
     <w:rsid w:val="00311066"/>
     <w:rsid w:val="00311DC2"/>
     <w:rsid w:val="00313D3A"/>
     <w:rsid w:val="003205A4"/>
     <w:rsid w:val="0032076F"/>
     <w:rsid w:val="003209E2"/>
     <w:rsid w:val="00320BA2"/>
     <w:rsid w:val="00322F68"/>
+    <w:rsid w:val="00327473"/>
     <w:rsid w:val="00327834"/>
     <w:rsid w:val="00330167"/>
     <w:rsid w:val="0033437F"/>
     <w:rsid w:val="003353F3"/>
     <w:rsid w:val="00337C06"/>
     <w:rsid w:val="00340C7C"/>
     <w:rsid w:val="00350681"/>
     <w:rsid w:val="0035124F"/>
     <w:rsid w:val="00352450"/>
     <w:rsid w:val="00360083"/>
     <w:rsid w:val="00361997"/>
     <w:rsid w:val="00361DB9"/>
     <w:rsid w:val="00365548"/>
     <w:rsid w:val="003661FF"/>
     <w:rsid w:val="00367B41"/>
     <w:rsid w:val="003719F1"/>
     <w:rsid w:val="00374C1F"/>
     <w:rsid w:val="0038217D"/>
     <w:rsid w:val="00383B7E"/>
     <w:rsid w:val="00384196"/>
     <w:rsid w:val="00384C61"/>
     <w:rsid w:val="00387E16"/>
     <w:rsid w:val="0039128B"/>
     <w:rsid w:val="00392533"/>
     <w:rsid w:val="003934C3"/>
     <w:rsid w:val="003953FE"/>
     <w:rsid w:val="003A5269"/>
     <w:rsid w:val="003B0C3F"/>
     <w:rsid w:val="003B326B"/>
     <w:rsid w:val="003B548B"/>
+    <w:rsid w:val="003C1058"/>
     <w:rsid w:val="003C1F46"/>
     <w:rsid w:val="003C395A"/>
     <w:rsid w:val="003C5356"/>
     <w:rsid w:val="003D3AFE"/>
     <w:rsid w:val="003D416F"/>
     <w:rsid w:val="003D5AFB"/>
     <w:rsid w:val="003F168D"/>
     <w:rsid w:val="003F6F8E"/>
     <w:rsid w:val="003F7996"/>
     <w:rsid w:val="00401DE2"/>
     <w:rsid w:val="00404B39"/>
     <w:rsid w:val="00405C2E"/>
     <w:rsid w:val="00405F25"/>
     <w:rsid w:val="00407005"/>
     <w:rsid w:val="0040715C"/>
     <w:rsid w:val="00407B52"/>
     <w:rsid w:val="004110D3"/>
     <w:rsid w:val="00412AFB"/>
     <w:rsid w:val="00414EEB"/>
     <w:rsid w:val="0042718B"/>
     <w:rsid w:val="00427B3C"/>
     <w:rsid w:val="00431625"/>
     <w:rsid w:val="004319D5"/>
     <w:rsid w:val="004367E6"/>
     <w:rsid w:val="00436E71"/>
@@ -9272,113 +9817,117 @@
     <w:rsid w:val="0044483D"/>
     <w:rsid w:val="004453C0"/>
     <w:rsid w:val="004477FE"/>
     <w:rsid w:val="00453123"/>
     <w:rsid w:val="00455074"/>
     <w:rsid w:val="004575EB"/>
     <w:rsid w:val="00457B18"/>
     <w:rsid w:val="004634AC"/>
     <w:rsid w:val="00464145"/>
     <w:rsid w:val="00464EAE"/>
     <w:rsid w:val="00465398"/>
     <w:rsid w:val="00465B70"/>
     <w:rsid w:val="00466018"/>
     <w:rsid w:val="00466E15"/>
     <w:rsid w:val="00470264"/>
     <w:rsid w:val="00470351"/>
     <w:rsid w:val="0047254F"/>
     <w:rsid w:val="00472C84"/>
     <w:rsid w:val="00477306"/>
     <w:rsid w:val="0048043F"/>
     <w:rsid w:val="00480DF7"/>
     <w:rsid w:val="00480E94"/>
     <w:rsid w:val="00481BE7"/>
     <w:rsid w:val="00482833"/>
     <w:rsid w:val="004849C9"/>
+    <w:rsid w:val="00486087"/>
     <w:rsid w:val="004876C2"/>
     <w:rsid w:val="00487FA1"/>
     <w:rsid w:val="004909B8"/>
+    <w:rsid w:val="00491D78"/>
     <w:rsid w:val="00493819"/>
     <w:rsid w:val="00493F41"/>
     <w:rsid w:val="004960D9"/>
     <w:rsid w:val="0049727D"/>
     <w:rsid w:val="004A024F"/>
     <w:rsid w:val="004B1489"/>
     <w:rsid w:val="004B1A30"/>
     <w:rsid w:val="004B2A08"/>
     <w:rsid w:val="004B41F6"/>
     <w:rsid w:val="004C7717"/>
     <w:rsid w:val="004D195D"/>
     <w:rsid w:val="004D2DA0"/>
     <w:rsid w:val="004D3C30"/>
     <w:rsid w:val="004D4CC1"/>
     <w:rsid w:val="004E221C"/>
     <w:rsid w:val="004E381A"/>
     <w:rsid w:val="004E72E7"/>
     <w:rsid w:val="004E7464"/>
     <w:rsid w:val="004E78F2"/>
     <w:rsid w:val="004F02F0"/>
     <w:rsid w:val="004F14A4"/>
     <w:rsid w:val="004F16E9"/>
     <w:rsid w:val="004F3B8F"/>
     <w:rsid w:val="004F6144"/>
     <w:rsid w:val="00505116"/>
     <w:rsid w:val="00505923"/>
     <w:rsid w:val="00506D82"/>
     <w:rsid w:val="0050777E"/>
     <w:rsid w:val="00507B7E"/>
     <w:rsid w:val="00510486"/>
     <w:rsid w:val="00512870"/>
     <w:rsid w:val="00520D7A"/>
     <w:rsid w:val="00525D02"/>
     <w:rsid w:val="005334C8"/>
     <w:rsid w:val="00535D55"/>
     <w:rsid w:val="00536252"/>
     <w:rsid w:val="005403E5"/>
     <w:rsid w:val="00540557"/>
     <w:rsid w:val="00540772"/>
     <w:rsid w:val="0054142A"/>
     <w:rsid w:val="0054370F"/>
     <w:rsid w:val="00543DB5"/>
+    <w:rsid w:val="0055152E"/>
     <w:rsid w:val="00554F7B"/>
     <w:rsid w:val="00560C19"/>
     <w:rsid w:val="00563F38"/>
     <w:rsid w:val="005666E0"/>
     <w:rsid w:val="0057439F"/>
     <w:rsid w:val="00575C43"/>
     <w:rsid w:val="005762C8"/>
     <w:rsid w:val="00582665"/>
     <w:rsid w:val="00583BEE"/>
     <w:rsid w:val="00584438"/>
     <w:rsid w:val="00586B59"/>
     <w:rsid w:val="00590EC1"/>
     <w:rsid w:val="005A14EC"/>
     <w:rsid w:val="005A16F9"/>
     <w:rsid w:val="005A4233"/>
     <w:rsid w:val="005A42D7"/>
     <w:rsid w:val="005A7118"/>
     <w:rsid w:val="005B07F1"/>
+    <w:rsid w:val="005C2CAE"/>
     <w:rsid w:val="005C5038"/>
     <w:rsid w:val="005C7CC5"/>
     <w:rsid w:val="005D1330"/>
     <w:rsid w:val="005D22D3"/>
     <w:rsid w:val="005E2345"/>
     <w:rsid w:val="005E2870"/>
     <w:rsid w:val="005E4ED8"/>
     <w:rsid w:val="005F0662"/>
     <w:rsid w:val="005F261F"/>
     <w:rsid w:val="005F2D51"/>
     <w:rsid w:val="005F50D2"/>
     <w:rsid w:val="005F7EFD"/>
     <w:rsid w:val="0060241C"/>
     <w:rsid w:val="006026A7"/>
     <w:rsid w:val="00603B51"/>
     <w:rsid w:val="006119FB"/>
     <w:rsid w:val="00613D63"/>
     <w:rsid w:val="0061619D"/>
     <w:rsid w:val="006205CD"/>
     <w:rsid w:val="00621E1E"/>
     <w:rsid w:val="006341C0"/>
     <w:rsid w:val="00634734"/>
     <w:rsid w:val="00644D37"/>
     <w:rsid w:val="00647FAB"/>
     <w:rsid w:val="006508D8"/>
@@ -9408,58 +9957,60 @@
     <w:rsid w:val="006C0B26"/>
     <w:rsid w:val="006C2D0A"/>
     <w:rsid w:val="006D238C"/>
     <w:rsid w:val="006D2989"/>
     <w:rsid w:val="006D303D"/>
     <w:rsid w:val="006D6D49"/>
     <w:rsid w:val="006D7BD5"/>
     <w:rsid w:val="006E046C"/>
     <w:rsid w:val="006E07DC"/>
     <w:rsid w:val="006E2D47"/>
     <w:rsid w:val="006E405A"/>
     <w:rsid w:val="006E6F0E"/>
     <w:rsid w:val="006F2BCE"/>
     <w:rsid w:val="006F7F97"/>
     <w:rsid w:val="00700272"/>
     <w:rsid w:val="0071001A"/>
     <w:rsid w:val="00712E58"/>
     <w:rsid w:val="00713B75"/>
     <w:rsid w:val="00720A3E"/>
     <w:rsid w:val="00720CAE"/>
     <w:rsid w:val="0072168E"/>
     <w:rsid w:val="00721B10"/>
     <w:rsid w:val="0072214E"/>
     <w:rsid w:val="00724FB7"/>
     <w:rsid w:val="00726279"/>
+    <w:rsid w:val="007271BD"/>
     <w:rsid w:val="00727949"/>
     <w:rsid w:val="007303E1"/>
     <w:rsid w:val="00732066"/>
     <w:rsid w:val="0073223C"/>
     <w:rsid w:val="00733708"/>
     <w:rsid w:val="00736E32"/>
     <w:rsid w:val="00737747"/>
     <w:rsid w:val="00741CA9"/>
+    <w:rsid w:val="00742F81"/>
     <w:rsid w:val="007432F1"/>
     <w:rsid w:val="00745C33"/>
     <w:rsid w:val="007460C9"/>
     <w:rsid w:val="0075058D"/>
     <w:rsid w:val="007520F3"/>
     <w:rsid w:val="0075304C"/>
     <w:rsid w:val="007532A5"/>
     <w:rsid w:val="007539FE"/>
     <w:rsid w:val="00753E92"/>
     <w:rsid w:val="00754587"/>
     <w:rsid w:val="00755EB9"/>
     <w:rsid w:val="00757887"/>
     <w:rsid w:val="007712E7"/>
     <w:rsid w:val="00771C03"/>
     <w:rsid w:val="007817CC"/>
     <w:rsid w:val="00784AE4"/>
     <w:rsid w:val="00785B17"/>
     <w:rsid w:val="007879E8"/>
     <w:rsid w:val="00793E9F"/>
     <w:rsid w:val="007B5F17"/>
     <w:rsid w:val="007B687C"/>
     <w:rsid w:val="007C159B"/>
     <w:rsid w:val="007C2966"/>
     <w:rsid w:val="007C2E40"/>
     <w:rsid w:val="007C3406"/>
@@ -9595,81 +10146,83 @@
     <w:rsid w:val="00A51669"/>
     <w:rsid w:val="00A52E5F"/>
     <w:rsid w:val="00A53218"/>
     <w:rsid w:val="00A547A0"/>
     <w:rsid w:val="00A60F54"/>
     <w:rsid w:val="00A63955"/>
     <w:rsid w:val="00A64DA5"/>
     <w:rsid w:val="00A6667B"/>
     <w:rsid w:val="00A70C47"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A7219B"/>
     <w:rsid w:val="00A72A9F"/>
     <w:rsid w:val="00A72D54"/>
     <w:rsid w:val="00A73ED6"/>
     <w:rsid w:val="00A818B9"/>
     <w:rsid w:val="00A819C3"/>
     <w:rsid w:val="00A83CFC"/>
     <w:rsid w:val="00A83F29"/>
     <w:rsid w:val="00A84BFB"/>
     <w:rsid w:val="00A85DC1"/>
     <w:rsid w:val="00A85E73"/>
     <w:rsid w:val="00A87F73"/>
     <w:rsid w:val="00A90656"/>
     <w:rsid w:val="00A9209D"/>
     <w:rsid w:val="00A93634"/>
+    <w:rsid w:val="00A96A58"/>
     <w:rsid w:val="00A96DF5"/>
     <w:rsid w:val="00AA3313"/>
     <w:rsid w:val="00AA490C"/>
     <w:rsid w:val="00AA4DD3"/>
     <w:rsid w:val="00AA6BCC"/>
     <w:rsid w:val="00AA7434"/>
     <w:rsid w:val="00AB1C40"/>
     <w:rsid w:val="00AB31F3"/>
     <w:rsid w:val="00AB6B2B"/>
     <w:rsid w:val="00AC0AA6"/>
     <w:rsid w:val="00AC556F"/>
     <w:rsid w:val="00AC63CA"/>
     <w:rsid w:val="00AD1F23"/>
     <w:rsid w:val="00AD2350"/>
     <w:rsid w:val="00AD517A"/>
     <w:rsid w:val="00AE2561"/>
     <w:rsid w:val="00AE7325"/>
     <w:rsid w:val="00AF78D7"/>
     <w:rsid w:val="00AF7C44"/>
     <w:rsid w:val="00B02494"/>
     <w:rsid w:val="00B04E4D"/>
     <w:rsid w:val="00B04ED2"/>
     <w:rsid w:val="00B0538A"/>
     <w:rsid w:val="00B07000"/>
     <w:rsid w:val="00B075A5"/>
     <w:rsid w:val="00B1288A"/>
     <w:rsid w:val="00B24062"/>
     <w:rsid w:val="00B307EA"/>
     <w:rsid w:val="00B332F9"/>
     <w:rsid w:val="00B33B18"/>
     <w:rsid w:val="00B354DC"/>
+    <w:rsid w:val="00B4124E"/>
     <w:rsid w:val="00B43D11"/>
     <w:rsid w:val="00B4612E"/>
     <w:rsid w:val="00B526D0"/>
     <w:rsid w:val="00B54470"/>
     <w:rsid w:val="00B5493D"/>
     <w:rsid w:val="00B54F08"/>
     <w:rsid w:val="00B55127"/>
     <w:rsid w:val="00B609DA"/>
     <w:rsid w:val="00B7057A"/>
     <w:rsid w:val="00B7159F"/>
     <w:rsid w:val="00B727CB"/>
     <w:rsid w:val="00B72A81"/>
     <w:rsid w:val="00B72D4B"/>
     <w:rsid w:val="00B73AD8"/>
     <w:rsid w:val="00B73CE4"/>
     <w:rsid w:val="00B74595"/>
     <w:rsid w:val="00B76561"/>
     <w:rsid w:val="00B77089"/>
     <w:rsid w:val="00B8424C"/>
     <w:rsid w:val="00B84879"/>
     <w:rsid w:val="00B84B80"/>
     <w:rsid w:val="00B85290"/>
     <w:rsid w:val="00B86025"/>
     <w:rsid w:val="00B8770C"/>
     <w:rsid w:val="00B93663"/>
@@ -9849,132 +10402,134 @@
     <w:rsid w:val="00ED7A4F"/>
     <w:rsid w:val="00EE1D6D"/>
     <w:rsid w:val="00EE2C5D"/>
     <w:rsid w:val="00EE49DD"/>
     <w:rsid w:val="00EF377D"/>
     <w:rsid w:val="00EF4FFE"/>
     <w:rsid w:val="00EF5FE9"/>
     <w:rsid w:val="00EF6AE1"/>
     <w:rsid w:val="00EF7BAD"/>
     <w:rsid w:val="00F0021F"/>
     <w:rsid w:val="00F10F13"/>
     <w:rsid w:val="00F13972"/>
     <w:rsid w:val="00F13ECB"/>
     <w:rsid w:val="00F158D5"/>
     <w:rsid w:val="00F15CE7"/>
     <w:rsid w:val="00F175FE"/>
     <w:rsid w:val="00F20859"/>
     <w:rsid w:val="00F22D87"/>
     <w:rsid w:val="00F23F9A"/>
     <w:rsid w:val="00F24F77"/>
     <w:rsid w:val="00F254DE"/>
     <w:rsid w:val="00F31086"/>
     <w:rsid w:val="00F37C88"/>
     <w:rsid w:val="00F414F7"/>
     <w:rsid w:val="00F41685"/>
+    <w:rsid w:val="00F42D8E"/>
     <w:rsid w:val="00F43AF0"/>
     <w:rsid w:val="00F44CF2"/>
     <w:rsid w:val="00F501C8"/>
     <w:rsid w:val="00F5525A"/>
     <w:rsid w:val="00F55EF0"/>
     <w:rsid w:val="00F61966"/>
     <w:rsid w:val="00F626A0"/>
     <w:rsid w:val="00F62C8A"/>
     <w:rsid w:val="00F64DBC"/>
     <w:rsid w:val="00F673DB"/>
     <w:rsid w:val="00F71723"/>
     <w:rsid w:val="00F7525D"/>
     <w:rsid w:val="00F75545"/>
     <w:rsid w:val="00F77BB8"/>
     <w:rsid w:val="00F81156"/>
     <w:rsid w:val="00F81571"/>
     <w:rsid w:val="00F8189C"/>
     <w:rsid w:val="00F83097"/>
     <w:rsid w:val="00F857A4"/>
     <w:rsid w:val="00F870E7"/>
     <w:rsid w:val="00F91EB2"/>
     <w:rsid w:val="00F93F85"/>
     <w:rsid w:val="00F9566D"/>
     <w:rsid w:val="00F9775F"/>
     <w:rsid w:val="00FA3D25"/>
     <w:rsid w:val="00FA5DEF"/>
     <w:rsid w:val="00FB4080"/>
     <w:rsid w:val="00FB6D8C"/>
     <w:rsid w:val="00FC02E0"/>
     <w:rsid w:val="00FC25CD"/>
     <w:rsid w:val="00FC395F"/>
+    <w:rsid w:val="00FD22CF"/>
     <w:rsid w:val="00FD4A27"/>
     <w:rsid w:val="00FD61C9"/>
     <w:rsid w:val="00FD7171"/>
     <w:rsid w:val="00FE24A8"/>
     <w:rsid w:val="00FE3245"/>
     <w:rsid w:val="00FE718C"/>
     <w:rsid w:val="00FF2091"/>
     <w:rsid w:val="00FF23AE"/>
     <w:rsid w:val="00FF268A"/>
     <w:rsid w:val="00FF3927"/>
     <w:rsid w:val="18FC79AA"/>
     <w:rsid w:val="54B51694"/>
     <w:rsid w:val="579854AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026" fillcolor="white">
       <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="09844695"/>
   <w15:docId w15:val="{0D621488-5C78-4688-827E-CC1A34468640}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-        <w:lang w:val="ru-UA" w:eastAsia="ru-UA" w:bidi="ar-SA"/>
+        <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -10813,60 +11368,75 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1155</Words>
-  <Characters>6590</Characters>
+  <Words>1190</Words>
+  <Characters>6787</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>56</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7730</CharactersWithSpaces>
+  <CharactersWithSpaces>7962</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Tamara</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-12.2.0.13431</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>274CCE9178654F58AEA5E3BE32A2800C_13</vt:lpwstr>
   </property>
 </Properties>