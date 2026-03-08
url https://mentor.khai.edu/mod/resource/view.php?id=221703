--- v0 (2025-11-08)
+++ v1 (2026-03-08)
@@ -1,198 +1,239 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p>
+    <w:p w14:paraId="25F6FA1C" w14:textId="62DB1A72" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Лекції №3-4</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Лекці</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF57FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF57FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EE5C3CA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ФІЗИЧНІ ВЕЛИЧИНИ ТА ОДИНИЦІ ЇХ ВИМІРЮВАННЯ</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1F94D807" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.1. Фізичні величини</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2C304E80" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Для опису властивостей тіл і явищ, які нас оточують, уведено поняття фізичні величини.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="544042B1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Фізична величина (ФВ)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">одна з властивостей фізичного об’єкту (фізичної системи, явища, процесу), яка є загальною в якісному відношенні для багатьох фізичних об’єктів, але в кількісному значенні є індивідуальною для кожного з них. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="404B5100" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Наприклад: парта, книга, кішка, планета мають узагальнюючу властивість – масу (якісна характеристика), але в кількісному виразі за масою ці об’єкти відрізняються один від одного. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Наприклад: парта, книга, кішка, планета мають уз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">агальнюючу властивість – масу (якісна характеристика), але в кількісному виразі за масою ці об’єкти відрізняються один від одного. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="246F3888" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Якісна визначеність ФВ називається </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -221,174 +262,191 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, а різного роду – </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>різнорідними</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="59D8707A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наприклад: довжина, ширина і діаметр – однорідні ФВ, а час і відстань (ФВ довжина) – різнорідні.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5F5FE590" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Кількісна визначеність ФВ характеризують розміром, який відображає її значення. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7CF6BF11" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Розмір ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – кількісна визначеність ФВ, яка притаманна конкретному матеріальному об’єкту, системі, явищу, процесу тощо. Для отримання значення розміру певної ФВ його порівнюють з розміром однорідної ФВ, який прийня-тий за одиницю. Тобто для кожної ФВ вводять одиницю вимірювання цієї ФВ.        </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> – кількісна визначеність ФВ, яка притаманна конкретному матеріально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">му об’єкту, системі, явищу, процесу тощо. Для отримання значення розміру певної ФВ його порівнюють з розміром однорідної ФВ, який прийня-тий за одиницю. Тобто для кожної ФВ вводять одиницю вимірювання цієї ФВ.        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="210CF5C0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Одиниця вимірювання ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – ФВ фіксованого розміру, котрій умовно при-своєно значення порівняне 1 і його використовують для отримання кількісного виразу однорідних з нею величин. Введення одиниці вимірювання ФВ дозволяє визначити її значення.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> – ФВ фіксованог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о розміру, котрій умовно при-своєно значення порівняне 1 і його використовують для отримання кількісного виразу однорідних з нею величин. Введення одиниці вимірювання ФВ дозволяє визначити її значення.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093C82EC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1DF34DE0" wp14:editId="19FF535C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>13970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>732790</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6123940" cy="309245"/>
                 <wp:effectExtent l="4445" t="4445" r="5715" b="10160"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="Группа 5"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr/>
                       <wpg:grpSpPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6123940" cy="309245"/>
                           <a:chOff x="1156" y="13031"/>
                           <a:chExt cx="9644" cy="487"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
@@ -455,96 +513,88 @@
                             <a:avLst/>
                           </a:prstGeom>
                           <a:solidFill>
                             <a:srgbClr val="FFFFFF"/>
                           </a:solidFill>
                           <a:ln w="9525" cap="flat" cmpd="sng">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:prstDash val="solid"/>
                             <a:miter/>
                             <a:headEnd type="none" w="med" len="med"/>
                             <a:tailEnd type="none" w="med" len="med"/>
                           </a:ln>
                         </wps:spPr>
                         <wps:bodyPr upright="1"/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:group id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="203" style="position:absolute;left:0pt;margin-left:1.1pt;margin-top:57.7pt;height:24.35pt;width:482.2pt;z-index:-251657216;mso-width-relative:page;mso-height-relative:page;" coordorigin="1156,13031" coordsize="9644,487" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAe8Ru1NkAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PwU7DMBBE70j8g7VI3Kjj0FoQ4lSoAk4VEi1S1ZubbJOo&#10;8TqK3aT9e5YTHHdmNPsmX15cJ0YcQuvJgJolIJBKX7VUG/jevj88gQjRUmU7T2jgigGWxe1NbrPK&#10;T/SF4ybWgksoZNZAE2OfSRnKBp0NM98jsXf0g7ORz6GW1WAnLnedTJNES2db4g+N7XHVYHnanJ2B&#10;j8lOr4/qbVyfjqvrfrv43K0VGnN/p5IXEBEv8S8Mv/iMDgUzHfyZqiA6A2nKQZbVYg6C/WetNYgD&#10;K3quQBa5/L+g+AFQSwMEFAAAAAgAh07iQKYNuHTLAgAAEwoAAA4AAABkcnMvZTJvRG9jLnhtbO1W&#10;3W7TMBS+R+IdLN+z/LVdGy3dBd12g2DS4AG8xEksJbZlu017h8QtEhc8AK+AxA3iZ7xC9kYcO1m2&#10;lUkUkEBCS6XUP8efz/nO5xMfHK7rCq2o0kzwBAd7PkaUpyJjvEjwi+fHj6YYaUN4RirBaYI3VOPD&#10;+cMHB42MaShKUWVUIQDhOm5kgktjZOx5Oi1pTfSekJTDZC5UTQx0VeFlijSAXlde6PsTrxEqk0qk&#10;VGsYXXSTuEdUuwCKPGcpXYh0WVNuOlRFK2IgJF0yqfHceZvnNDXP8lxTg6oEQ6TGvWETaJ/btzc/&#10;IHGhiCxZ2rtAdnFhK6aaMA6bDlALYghaKvYDVM1SJbTIzV4qaq8LxDECUQT+FjcnSiyli6WIm0IO&#10;pEOitlj/bdj06epUIZYleIwRJzUkvH17+fLyVfsNfu/R2DLUyCIGwxMlz+Sp6geKrmeDXueqtv8Q&#10;Dlo7bjcDt3RtUAqDkyCMZiOgPYW5yJ+FIwdN4rSEDNllQTCeYASzQeRHQZeZtDzq188mo1G3eDTd&#10;t5Pe1b6edW/wppEgS33Nlf4zrs5KIqlLgbYU9FwFA1fvgKs37Zf2Ahj70F60ny9ft1/bj+0nFHbM&#10;uWUDbTrWwOAdnN0V/BV14TiE5FjetkMnsVTanFBRI9tIsALBOx2S1RNtOpauTOyuWlQsO2ZV5Tqq&#10;OH9cKbQicDiO3dMTe8us4qhJ8KxzgsCJz+GkgT+1BNVoXrj9bq3QN4F999wFbB1bEF12DjgEa0bi&#10;mhmqXKukJDviGTIbCcrkUJCwdaamGUYVhfplW87SEFbtYgmyqTiox+qky4VtnYtsA7ldSsWKEnh0&#10;8nM2oCV7AP6CqMIdRBXZYK03oMWfi2p/Gs22T9QgqtkEVHwvqv9cVNEOohr9kqhG0RgK8e0yfS0q&#10;f/9eVP+yUrmPIdwV3Pexv9fYy8jNvqt+13e5+XdQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAAAAYA&#10;AABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrDMAyG&#10;74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/WgMDvy&#10;MQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0jB12s&#10;u9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAs&#10;GgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEBAAAT&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5&#10;TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdH&#10;jyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYB&#10;B5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM&#10;+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACHTuJA&#10;fublIPcAAADhAQAAEwAAAAAAAAABACAAAAA9BQAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoA&#10;AAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAB8EAABfcmVscy9QSwECFAAUAAAACACH&#10;TuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAABDBAAAX3JlbHMvLnJlbHNQSwECFAAKAAAAAACH&#10;TuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kB7xG7U&#10;2QAAAAkBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACHTuJA&#10;pg24dMsCAAATCgAADgAAAAAAAAABACAAAAAoAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZ&#10;AQAAZQYAAAAA&#10;">
-[...18 lines deleted...]
-                </v:rect>
+              <v:group w14:anchorId="17A7DC4A" id="Группа 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:1.1pt;margin-top:57.7pt;width:482.2pt;height:24.35pt;z-index:-251657216" coordorigin="1156,13031" coordsize="9644,487" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBs2yWntgIAAMUJAAAOAAAAZHJzL2Uyb0RvYy54bWzsVstu1DAU3SPxD5b3NM+ZdqJmuqCPDYJK&#10;hQ9wHechObZlu5OZHRJbJBZ8AL+AxAbxKL+Q/hHXzjRth0oUkEBCzUgZP66vzz33+Ma7e8uWowXT&#10;ppEix9FWiBETVBaNqHL84vnhox2MjCWiIFwKluMVM3hv/vDBbqcyFsta8oJpBE6EyTqV49palQWB&#10;oTVridmSigmYLKVuiYWuroJCkw68tzyIw3AadFIXSkvKjIHR/WESz73/smTUPitLwyziOQZs1r+1&#10;f5+6dzDfJVmliaobuoZBfgNFSxoBm46u9okl6Ew3P7hqG6qlkaXdorINZFk2lPkYIJoo3IjmSMsz&#10;5WOpsq5SI01A7QZPv+2WPl0ca9QUOZ5gJEgLKerfXry8eNV/g997NHEMdarKwPBIqxN1rNcD1dBz&#10;QS9L3bp/CActPberkVu2tIjC4DSKk1kKKaAwl4SzOPWuSUZryJBbFkWTKUYwGyVhEg2ZofXBev1s&#10;mqbD4nRn200Gl/sGDt6IplMgJHPFlfkzrk5qophPgXEUrLmKRq7eAVdv+i/9OTD2oT/vP1+87r/2&#10;H/tPKB6Y88tG2kxmgMFbOLst+Evq4kkMyXG8bYZOMqWNPWKyRa6RYw2C9zokiyfGDixdmrhdjeRN&#10;cdhw7ju6On3MNVoQOByH/lkTe8OMC9TleDaAIHBGS04s4GkVqMaIyu93Y4W57jj0z22OHbB9YuoB&#10;gPfgzEjWNpZp36oZKQ5EgexKgTIFlBDswLSswIgzqDiu5S0tafhdLEE2XIB6nE6GXLjWqSxWkNsz&#10;pZuqBh69/LwNaMkdgL8gqvgOokpcsA4NaPHnotreSWabJ2oU1WwKKr4X1X8uquQOokp/SVRpMoFC&#10;fLNMX4kq3L4X1b+sVP5jCHcF/31c32vcZeR631e/q9vX/DsAAAD//wMAUEsDBBQABgAIAAAAIQBa&#10;a8C84AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqOPQWjTEqaoKOFVI&#10;tEioNzfeJlFjO4rdJP17lhM97sxo9k2+mmzLBuxD450CMUuAoSu9aVyl4Hv//vQCLETtjG69QwVX&#10;DLAq7u9ynRk/ui8cdrFiVOJCphXUMXYZ56Gs0eow8x068k6+tzrS2Vfc9HqkctvyNEkkt7px9KHW&#10;HW5qLM+7i1XwMepx/Szehu35tLke9ovPn61ApR4fpvUrsIhT/A/DHz6hQ0FMR39xJrBWQZpSkGSx&#10;mAMjfymlBHYkRc4F8CLntwuKXwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBs2yWntgIA&#10;AMUJAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBaa8C8&#10;4AAAAAkBAAAPAAAAAAAAAAAAAAAAABAFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;HQYAAAAA&#10;">
+                <v:rect id="Прямоугольник 2" o:spid="_x0000_s1027" style="position:absolute;left:1156;top:13031;width:2525;height:487;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBRS1YawAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlhN50owWpaTYiFkt71HjxNs2OSTQ7G7JrkvbXu0LB0/B4n5OsB1OLjlpXWVYwn0UgiHOr&#10;Ky4UHLPd9A2E88gaa8uk4JccrNPxKMFY25731B18IUIIuxgVlN43sZQuL8mgm9mGOHBn2xr0AbaF&#10;1C32IdzUchFFS2mw4tBQYkPbkvLr4WYU/FSLI/7ts8/IrHav/nvILrfTh1Ivk2HzDsLT4J/if/eX&#10;DvPh8crjyvQOAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAAAAAA&#10;AAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUUtWGsAAAADaAAAADwAAAAAA&#10;AAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPQCAAAAAA==&#10;"/>
+                <v:rect id="Прямоугольник 3" o:spid="_x0000_s1028" style="position:absolute;left:7839;top:13031;width:2961;height:487;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQChmchtwwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvgt9heUJvujGCtNFVpEWpx/y59PaafSZps29Ddk3SfvpuodDjMDO/YfbHybRioN41lhWsVxEI&#10;4tLqhisFRX5ePoJwHllja5kUfJGD42E+22Oi7cgpDZmvRICwS1BB7X2XSOnKmgy6le2Ig3ezvUEf&#10;ZF9J3eMY4KaVcRRtpcGGw0KNHT3XVH5md6PgvYkL/E7zS2Sezht/nfKP+9uLUg+L6bQD4Wny/+G/&#10;9qtWEMPvlXAD5OEHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAoZnIbcMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;"/>
+                <v:rect id="Прямоугольник 4" o:spid="_x0000_s1029" style="position:absolute;left:4354;top:13031;width:2907;height:487;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDO1W32wwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYXezKYRSk1dQ1GU9hiTi7fX7DOJzb4N2dWk/fXdQsHjMDPfMOtsMp240eBaywqeohgE&#10;cWV1y7WCstgvXkA4j6yxs0wKvslBtpnP1phqO3JOt6OvRYCwS1FB432fSumqhgy6yPbEwTvbwaAP&#10;cqilHnAMcNPJJI6fpcGWw0KDPW0bqr6OV6Pgs01K/MmLQ2xW+6X/mIrL9bRT6vFhensF4Wny9/B/&#10;+10rWMLflXAD5OYXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAztVt9sMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Значення ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -  вираз розміру ФВ у вигляді декотрого числа прийнятих для неї одиниць. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> -  вираз розміру ФВ у вигляді декотрого ч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">исла прийнятих для неї одиниць. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="717745BD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Значення ФВ         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -554,99 +604,107 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">=      Числове значення ФВ    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>+     Одиниця вимірювання</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="07BB51BC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Числове значення ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – абстрактне число, яке дорівнює відношенню розмі-ру даної ФВ до одиниці її вимірювання (тобто необхідно визначити, скільки одиниць «вкладається» в певний розмір). Передбачається, що числове значення множиться на відповідну одиницю вимірювання. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="383B4654" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Наприклад: </w:t>
+        <w:t>Наприклад</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 8·1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
@@ -667,150 +725,183 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Для отримання значення ФВ необхідно провес-ти вимірювання даної ФВ. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5505E4B9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>При вимірюванні ФВ знаходять значення ФВ експериментальним шляхом за допомогою спеціальних технічних засобів (засобів вимірювань). Для оцінки якості виконаних вимірювань введені поняття істинного і дійсного значень ФВ.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:lastRenderedPageBreak/>
+        <w:t>При вимірюванні ФВ знаходять значення ФВ експериментальним шляхом за допомогою спеціальних технічних засобів (засобів вимірювань). Для оцінки якості виконаних вимірювань</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> введені поняття істинного і дійсного значень ФВ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E246FBC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Істинне значення ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – значення ФВ, яке ідеальним чином характеризує в якісному і кількісному значенні відповідну ФВ. Істинне значення можна отримати як результат нескінченного процесу вимірювання за допомогою ідеальних методів і засобів вимірювань. Тому істинне значення – це ідеальне значення, яке є недосяжним в реальних умовах вимірювань.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> – значення ФВ, яке ідеальним чином характеризує в якісному і кількісному значенні відповідну ФВ. Істинне значення можна отримати як результат нескінченного процесу вимірювання за допомог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ою ідеальних методів і засобів вимірювань. Тому істинне значення – це ідеальне значення, яке є недосяжним в реальних умовах вимірювань.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DF7A08" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Дійсне значення ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – значення ФВ, яке отримане експериментально і настільки є близьким до істинного, що в конкретній вимірювальній задачі може бути використане замість нього. Дійсне значення від істинного відрізняється на похибку вимірювання. Тому будь-який експеримент зводиться до такого, при якому похибка буде мінімізована.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> – значення ФВ, яке отримане експериментально і настільки є близьким до істинного, що в конкретній вим</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ірювальній задачі може бути використане замість нього. Дійсне значення від істинного відрізняється на похибку вимірювання. Тому будь-який експеримент зводиться до такого, при якому похибка буде мінімізована.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36594C9D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Для вимірювання однієї і тої самої ФВ можна застосовувати різні одиниці вимірювання. Тому необхідно вміти переходити від одних до інших одиниць. Якщо заданий розмір ФВ за допомогою одиниці </w:t>
+        <w:t>Для вимірювання однієї і тої самої ФВ можна заст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осовувати різні одиниці вимірювання. Тому необхідно вміти переходити від одних до інших одиниць. Якщо заданий розмір ФВ за допомогою одиниці </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>α</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -886,78 +977,88 @@
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, то</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1ADCF65C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                             </w:t>
+        <w:t xml:space="preserve">                         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> α</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1094,125 +1195,110 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...24 lines deleted...]
-        </w:rPr>
         <w:t>(1.1)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="29E3DA4D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:before="240" w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Таким чином, числове значення ФВ та її одиниця знаходяться в зворотнім відношенні: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>в скільки разів крупніша одиниця даної ФВ, в стільки ж разів меншим є числове значення, яким заданий розмір ФВ виражається</w:t>
+        <w:t xml:space="preserve">в скільки разів крупніша одиниця даної ФВ, в стільки ж разів меншим є числове значення, яким заданий розмір ФВ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>виражається</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Наприклад: 1 м = 10 дм = 100 см = 1000 мм (метр </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>&gt; дециметр &gt; сантиметр &gt;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> міліметр, а їх числові значення – навпаки: 1 </w:t>
@@ -1256,301 +1342,356 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1000</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="253A7C43" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">В кожній вимірювальній задачі є ФВ, які вимірюють, і такі, які не вимірюють, але вони присутні або впливають якимось чином на результат; їх називають фізичними параметрами та впливовими чинниками. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>В кожній вимірювальній задачі є ФВ, які вимірюють, і такі, які не вимірюють, але вони присутні або вплив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ають якимось чином на результат; їх називають фізичними параметрами та впливовими чинниками. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FBDEA55" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Фізичний параметр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> – це ФВ, яка є допоміжною або такою, без якої не може відбутися правильне вимірювання. Наприклад: при вимірюванні вольтметром миттєвого значення змінної напруги вимірювальною ФВ буде напруга, а фізичними параметрами – сила струму, частота і фаза.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="43D3B078" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Впливовий чинник</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t>Впливови</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – це ФВ, яка впливає на розмір вличини, що вимірюють та (або) на результат вимірювання. Наприклад, впливовими чинниками вважатимуться всі умови оточуючого середовища (температура, вологість, атмосферний тиск, тощо) при вимірюванні маси або сили струму, або частоти.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>й чинник</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – це ФВ, яка впливає на розмір вличини, що вимірюють та (або) на результат вимірювання. Наприклад, впливовими чинниками вважатимуться всі умови оточуючого середовища (температура, вологість, атмосферний тиск, тощо) при вимірюванні маси або сили ст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>руму, або частоти.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B25D385" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="65306CAE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0DC64779" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0AB0B4E4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRPr="00CF57FE" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.2. Система фізичних величин </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="381850B1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRPr="00CF57FE" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-    <w:p>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17DC632E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Одиницю вимірювання ФВ можна визначити </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>довільно і незалежно одна від одної. Раніше застосовували багато різних одиниць для однієї ФВ, що спричиняло незручності і труднощі в господарстві, виробництві, торгівлі, науковій діяльності тощо. Для упорядкування всієї сукупності одиниць ФВ  необхідно їх систематизувати, тобто створити систему фізичних величин, а потім на базі цієї системи побудувати систему одиниць ФВ.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>довільно і незалежно одна від одної. Раніше застосовували багато різних одиниць для однієї ФВ, що спричиняло незручності і труднощі в господарстві, виробництві, то</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ргівлі, науковій діяльності тощо. Для упорядкування всієї сукупності одиниць ФВ  необхідно їх систематизувати, тобто створити систему фізичних величин, а потім на базі цієї системи побудувати систему одиниць ФВ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD59D1F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Система ФВ створюється на основі законів і визначень, якими пов’язані між собою вимірювальні величини. При цьому обирають декілька основних величин, на базі котрих будують похідні величини.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">Система ФВ створюється на основі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>законів і визначень, якими пов’язані між собою вимірювальні величини. При цьому обирають декілька основних величин, на базі котрих будують похідні величини.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29F99E0E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Система ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – сукупність ФВ, яка утворена у відповідності з прийнятими принципами, за якими одні величини обирають за незалежні, а інші визнача-ють, як функції незалежних величин. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> – сукупність ФВ, яка утворена у відповідності з прийнятими принципами, за якими одні вел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ичини обирають за незалежні, а інші визнача-ють, як функції незалежних величин. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68315939" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Основна ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
@@ -1571,102 +1712,110 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> прийнята в якості </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>незалежної</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> від інших величин цієї системи.  </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4838CD41" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Похідна ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – ФВ, що входить до складу системи величин і яку визначають через основні величини цієї системи. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> – ФВ, що входить до складу системи ве</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">личин і яку визначають через основні величини цієї системи. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4626FF85" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В назві і позначенні системи величин застосовують узагальнені символи величин, прийнятих за основні. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6125610A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Наприклад: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -1682,51 +1831,59 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">одиниць </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> має 7 основних величин: L - довжина, M - маса, T - час, I - сила електричного струму, Θ  - термодинамічна температура, N</w:t>
+        <w:t xml:space="preserve"> має 7 основних величин: L - довжина, M - маса, T - ч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ас, I - сила електричного струму, Θ  - термодинамічна температура, N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- кількість речовини</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -1736,118 +1893,134 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>і є системою  LMTIΘNJ.  Система вели-чин, де основними ФВ були довжина L, маса M і час</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">T, позначалась LMT. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7208A0A9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Зв’язок між різними ФВ виражається рівняннями зв’язку. Відомі два види таких рівнянь: рівняння зв’язку між величинами і рівняння зв’язку між числовими значеннями.     </w:t>
+        <w:t>Зв’язок між різними ФВ виражається рівняннями зв’язку. Ві</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">домі два види таких рівнянь: рівняння зв’язку між величинами і рівняння зв’язку між числовими значеннями.     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5008600A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Рівняння зв’язку між величинами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> – рівняння, яке відображає зв'язок між величинами, який обумовлений законами природи і в якому для </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>відповідної ФВ</w:t>
+        <w:t xml:space="preserve">відповідної </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> використовують відповідний буквене позначення. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Такі рівняння являють собою співвідношення в загальному вигляді, який не залежить від одиниць вимірювань. Таке рівняння зв’язку називають </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
@@ -1864,346 +2037,398 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6C594828" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Рівняння зв’язку між числовими значеннями</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – рівняння, в якому під буквеними позначеннями розуміють числові значення величин, які відповіда-ють обраним одиницям. Таке рівняння називають </w:t>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рівняння, в якому під буквеними позначеннями розуміють числові значення величин, які відповіда-ють обраним одиницям. Таке рівняння називають </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>рівнянням числових значень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="38320F48" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Вигляд рівняння зв’язку між числовими значеннями залежить від обраних одиниць і можуть мати різний вигляд. В таких рівняннях можуть бути присутні  коефіцієнти пропорційності. Якщо рівняння зв’язку між числовими значеннями має ту ж форму, що і рівняння зв’язку між величинами, то кажуть про </w:t>
+        <w:t xml:space="preserve">Вигляд рівняння зв’язку між числовими значеннями залежить від обраних одиниць і можуть мати різний вигляд. В таких рівняннях можуть бути присутні  коефіцієнти пропорційності. Якщо рівняння зв’язку між числовими значеннями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>має ту ж форму, що і рівняння зв’я</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зку між величинами, то кажуть про </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>когерентну систему</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="73811498" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Основні величини не мають будь-яких принципових пріоритетів перед похідними. Похідні величини можуть утворюватися в будь-якому співвідношенні як з основними, так і з іншими похідними величинами.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3A000A73" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2E9DA1BD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>1.3. Система одиниць фізичних величин</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>1.3. С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>истема одиниць фізичних величин</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70529FD5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2CCA95DB" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Система одиниць ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> – сукупність основних і похідних одиниць ФВ, яка утворена у відповідності з принципами для заданої системи ФВ.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="72E3C68D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>В системі одиниць є основні та похідні одиниці. Основні одиниці: метр (м), кілограм (кг), секунда (с), ампер (А), кельвін (К), моль (моль), кандела (кд).</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>В системі одиниць є основні та похідні одиниці. Основні одиниці: метр (м), кілограм (кг), сек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>унда (с), ампер (А), кельвін (К), моль (моль), кандела (кд).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="274500D1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Для встановлення розміру похідних одиниць використовують рівняння зв’язку між числовими значеннями (визначальні рівняння). Наприклад: визна-чимо похідну одиницю площі, обрав за основну одиницю довжини метр.    </w:t>
+        <w:t>Для встановлення розміру похідних одиниць використовують рівняння зв’язку між числовими значеннями (визначальні рівняння). Наприклад: визна-чимо похідну одиницю площі, обрав за основну одиницю до</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:br w:type="textWrapping"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>вжини метр.    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:br/>
         <w:t>Як правило, за одиницю площі вважають площу певної фігури, наприклад, площу квадрата, сторона якого дорівнює метру. Ця одиниця називається «квадратний метр» (кв.м). Площа фігури в рівнянні зв’язку чисельних значень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1D3D137E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2238,51 +2463,51 @@
         <w:t>Kl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                           (1.2)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4B2179C7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Припустимо, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
@@ -2290,51 +2515,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 1 м, тод</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5E499930" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 1 кв. м = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2350,72 +2575,72 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(1м)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                               (1.3)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4886B4BB" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Звідки                                </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="72D05228" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2438,75 +2663,84 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1 кв.м/м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                 (1.4)</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              (1.4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CECBBC6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Тоді формулу (1.2) можна записати у вигляді</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="60EC5C7E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2601,89 +2835,89 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>[м])</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                        (1.5)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="66A52523" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Площа для кола (при тих самих одиницях довжини діаметра кола </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>) буде</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="688EA7F9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2778,142 +3012,151 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>[м])</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                        (1.6)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="43CEE9C0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В цьому випадку </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="73EA52F9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>π/4 кв.м/м</w:t>
+        <w:t>π/4 кв.м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 (1.7)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7F7E0DB1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Як правило, при записі формул позначення коефіцієнтів пропорційності не пишуть, і формули мають вид:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:color w:val="000000"/>
@@ -3023,315 +3266,361 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - для кола. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="21E04D97" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Для встановлення похідної одиниці необхідно:</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">Для встановлення похідної одиниці </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>необхідно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350D714C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>1)  обрати основні величини,</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5FC04979" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2) встановити розмір основних одиниць,</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6ECF9121" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3) обрати визначальне рівняння, яке пов’язує величини, що вимірюють основними одиницями, з величино, для якої встановлюється саме ця похідна одиниця,</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2BFF8797" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4) прирівняти одиниці (або іншому постійному числу) коефіцієнт пропорційності, що входить до складу визначального рівняння.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">4) прирівняти одиниці (або </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іншому постійному числу) коефіцієнт пропорційності, що входить до складу визначального рівняння.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05017537" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Найменування і позначення похідної одиниці будується шляхом групування за алгебраїчними правилами одиниць, з яких складається її визначення. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="23FA6BCA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Наприклад: одиниця швидкості має найменування – метр в секунду, позначення – м/с.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Наприклад: одиниц</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я швидкості має найменування – метр в секунду, позначення – м/с.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5905EFAF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Деяким похідним одиницям надані власні наменування і позначення. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="53C8FB78" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Наприклад: одиниця сили – ньютон (Н), одиниця тиску – паскаль (Па), одиниця індуктивності і взаємної індуктивності – генрі (Гн), тощо. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Наприклад: одиниця сили – ньютон (Н), одиниця тиску – паскаль (Па), одиниця індуктивності і взаємної індуктивності – генрі (Г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н), тощо. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6063FDD6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Ці похідні одиниці можуть бути складовими інших похідних одиниць. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="770DF360" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наприклад: одиниця моменту сили – ньютон-метр (Н·м), динамічна в’язкість – паскаль-секунда (Па·с), тощо.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6D3E94A5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>По відношенню до обраної сис теми одиниць ФВ одиниці величин поділяють на системні та позасистемні.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>По відношенню до обраної сис теми одиниць ФВ одиниці величин поділяють на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системні та позасистемні.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14D97801" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5812"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Системна одиниця ФВ</w:t>
@@ -3343,143 +3632,143 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> -  одиниця ФВ, яка входить до складу прийнятої системи одиниць. Системними (в системі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">SI) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>є: - основні,</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="33"/>
+    <w:p w14:paraId="75DD6DCA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="5812" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">похідні, </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="33"/>
+    <w:p w14:paraId="4AC9DDC3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="5812" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>кратні,</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="33"/>
+    <w:p w14:paraId="3D4D5396" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="5812" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">часткові.   </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...1 lines deleted...]
-        <w:pStyle w:val="33"/>
+    <w:p w14:paraId="5A8C81D9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Позасистемна одиниця ФВ</w:t>
       </w:r>
@@ -3491,51 +3780,51 @@
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – одиниця ФВ, яка не входить в прийняту систему одиниць. Позасистемні (в системі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5B5E524C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3554,425 +3843,480 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">устимі нарівні з одиницями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4C882019" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- допустимі до використання в спеціальних галузях,</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1D444DE7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- тимчасово допустимі,</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="606D6331" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>- застарілі (недопустимі).</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5F834B8E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Наприклад: 1 дюйм, 1 миля, 1 діна,1 кВт·ч – позасистемні одиниці </w:t>
+        <w:t>Наприклад: 1 дюйм, 1 миля, 1 дін</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а,1 кВт·ч – позасистемні одиниці </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4AF670FC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>В загальному випадку позасистемні одиниці</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> розділяють на три групи. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6B594AB0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">До першої відносяться десятинні кратні та часткові одиниці. Найменування цих одиниць утворюються за допомогою відповідних префіксів (Додаток А). </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5B93254B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Другу групу утворюють позасистемні одиниці, побудовані з основних систем одиниць не по десятинному принципу. До них відносяться одиниці часу хвилина та час. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> Дру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гу групу утворюють позасистемні одиниці, побудовані з основних систем одиниць не по десятинному принципу. До них відносяться одиниці часу хвилина та час. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370A82B1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Третю групу утворюють позасистемні одиниці, не пов’язані з будь-якою системою одиниць. До них відносять всі застарілі та національні одиниці (аршин, сажень, пуд, фут, ярд, тощо). Деякі з них використовують в деяких галузях ще й досі (дюйм, карат, </w:t>
+        <w:t>Третю групу утворюють позасистемні одиниці, не пов’язані з будь-якою системою одиниць. До них віднося</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ть всі застарілі та національні одиниці </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">(аршин, сажень, пуд, фут, ярд, тощо). Деякі з них використовують в деяких галузях ще й досі (дюйм, карат, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">морська </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">миля, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">центнер, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>тощо)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="29448EFA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Когерентна похідна одиниця ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -  похідна одиниця ФВ, пов’язана з іншими одиницями системи одиниць визначальним рівнянням, в якому чисельний коефіцієнт прийнятий дорівненим 1.  </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> -  похідна одиниця ФВ, пов’язана з іншими одиницями</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системи одиниць визначальним рівнянням, в якому чисельний коефіцієнт прийнятий дорівненим 1.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462DDC05" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наприклад: похідні одиниці площі, швидкості, прискорення - когерентні.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="685E856E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Когерентна система одиниць ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> -  система одиниць ФВ, яка складається з основних одиниць і когерентних похідних одиниць. Кратні та часткові одиниці від системних одиниць не входять в когерентну систему. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> -  система одиниць ФВ, яка складається з основних одиниць і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> когерентних похідних одиниць. Кратні та часткові одиниці від системних одиниць не входять в когерентну систему. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D31B018" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Наприклад: когерентними системами одиниць ФВ є </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4001,82 +4345,90 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> одиниці – сантиметр, грамм, секунда), МТС (основні одиниці – метр, тонна, секунда), МКГСС (основні одиниці – метр, кілограм-сила (кг·с), секунда).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                  </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="463D481C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Кратна одиниця ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – одиниця ФВ, яка в ціле число раз більша за системну або позасистемну одиницю. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> – одиниця ФВ, яка в ціле число раз більша за системну аб</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о позасистемну одиницю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38042746" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наприклад: одиниця маси 1 т (тонна) = 1000 кг = 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -4086,82 +4438,90 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кг – кратна кілограму, одиниця довжини 1 км = 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>м – кратна метру, одиниця частоти 1МГц (мегагерц) – кратна герцу.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="12637EC0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Дольна одиниця ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – одиниця ФВ, яка в ціле число раз менша за системну або позасистемну одиницю. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> – одиниця ФВ, яка в ціле число раз менша за с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">истемну або позасистемну одиницю. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E0248D2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наприклад:  одиниця довжини  1 нм  (нанометр) = 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -4171,312 +4531,353 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> м – дольна метру, одиниця часу 1 мкс (мікросекунда) = 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – дольна секунді.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="08B05531" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Узаконені одиниці</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – система одиниць та (або) окремі одиниці, встановлені для застосування в державі у відповідності із законодавчими актами. В Україні узаконеними одиницями є одиниці </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6FC0F56A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5893E1B0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.4. Побудова систем одиниць фізичних величин</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3C45F248" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="626C89B9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Для побудови системи одиниць ФВ необхідно обрати декілька основних одиниць і встановити за допомогою визначальних рівнянь (рівнянь зв’язку між числовими значеннями) похідні одиниці всіх величин, що потребують. Визначальні рівняння поділяють на </w:t>
+        <w:t>Для побудови системи одиниць ФВ необхі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дно обрати декілька основних одиниць і встановити за допомогою визначальних рівнянь (рівнянь зв’язку між числовими значеннями) похідні одиниці всіх величин, що потребують. Визначальні рівняння поділяють на </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">закони </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">та </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>визначення</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Таке розподілення рівнянь не є абсолютним і залежить від мети і підходів до конкретних питань. Закони висловлюють винайдений експериментально або теоретично зв’язок між досліджуваними величинами. За допомогою визначень вводять нові величини.  </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>. Таке розподілення рівнянь не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> є абсолютним і залежить від мети і підходів до конкретних питань. Закони висловлюють винайдений експериментально або теоретично зв’язок між досліджуваними величинами. За допомогою визначень вводять нові величини.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78EC68AD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">До першого типу визначальних рівнянь належать закон всесвітнього тяжіння, </w:t>
+        <w:t>До першого типу визначальних рівнянь нал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ежать закон всесвітнього тяжіння, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">закон Ома, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">закон Кулона про взаємодію електричних зарядів, тощо. Вирази для швидкості, прискорення, об’єму, тощо є визначенням. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2078B953" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>При побудові системи одиниць виникають питання щодо свободи вибору основних одиниць, визначальних рівнянь і коефіцієнтів пропорційності.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="526A5E06" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Розміри основних одиниць можуть обиратися довільно. Також довільно можна обирати коефіцієнти пропорційності та визначальні рівняння. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">озміри основних одиниць можуть обиратися довільно. Також довільно можна обирати коефіцієнти пропорційності та визначальні рівняння. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55A5E0D9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наприклад. У відповідності до закону всесвітнього тяжіння будь-які дві м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>а-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">теріальні точки притягуються одна до одної з силою </w:t>
+        <w:t>теріальні точки притягуються одна до одної з сило</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ю </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, яка прямо пропорційна масам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -4594,313 +4995,241 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>між ними</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="57AFC869" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                              </w:t>
       </w:r>
       <m:oMath>
         <m:r>
-          <m:rPr/>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="ru-RU"/>
           </w:rPr>
-          <m:t>F=</m:t>
+          <m:t>F</m:t>
         </m:r>
         <m:r>
-          <m:rPr/>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="ru-RU"/>
+          </w:rPr>
+          <m:t>=</m:t>
+        </m:r>
+        <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <m:t>G</m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <m:t>m</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...7 lines deleted...]
-                </m:ctrlPr>
               </m:e>
               <m:sub>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="ru-RU"/>
                   </w:rPr>
                   <m:t xml:space="preserve">1 </m:t>
                 </m:r>
-                <m:ctrlPr>
-[...7 lines deleted...]
-                </m:ctrlPr>
               </m:sub>
             </m:sSub>
             <m:r>
-              <m:rPr/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <m:t>∙</m:t>
             </m:r>
             <m:sSub>
               <m:sSubPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSubPr>
               <m:e>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <m:t>m</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...7 lines deleted...]
-                </m:ctrlPr>
               </m:e>
               <m:sub>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="ru-RU"/>
                   </w:rPr>
                   <m:t>2</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...7 lines deleted...]
-                </m:ctrlPr>
               </m:sub>
             </m:sSub>
-            <m:ctrlPr>
-[...7 lines deleted...]
-            </m:ctrlPr>
           </m:num>
           <m:den>
             <m:sSup>
               <m:sSupPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSupPr>
               <m:e>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <m:t>r</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...7 lines deleted...]
-                </m:ctrlPr>
               </m:e>
               <m:sup>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                     <w:lang w:val="ru-RU"/>
                   </w:rPr>
                   <m:t>2</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...7 lines deleted...]
-                </m:ctrlPr>
               </m:sup>
             </m:sSup>
-            <m:ctrlPr>
-[...7 lines deleted...]
-            </m:ctrlPr>
           </m:den>
         </m:f>
       </m:oMath>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  ,                                                    (1.8)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0DA84D59" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">де </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
@@ -4912,87 +5241,95 @@
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>– гра</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">вітаційна стала, чисельне значення якої залежить від вибору одиниць. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0CAC03B6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Досліди показали, що якщо за основні одиниці обрати метр, секунду та кіло</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">грам, а похідну одиницю сили – ньютон – визначити із 2-го закону Ньютона, то гравітаційна стала буде дорівнювати </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>грам, а похідну одиницю сили – ньютон – визначити із 2-го закону Ньютона, то гравітаційна стала буде дорівнювати</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E170F52" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
@@ -5019,122 +5356,130 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Н·м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">/кг.                                            (1.9) </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="15B38B18" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Однак, якщо при тих самих основних одиницях (метр, секунда, кілограм) обрати </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>в якост</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">і </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">визначального рівняння </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">закон всесвітнього тяжіння (1.8), прий-няти </w:t>
+        <w:t>закон всесвітнього тяжіння (1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8), прий-няти </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 1 і встановити гравітаційну одиницю сили (грав. од. сили), то гравіта-ційна стала буде </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="23EBC414" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
@@ -5145,70 +5490,78 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 1 грав.од.сили·м</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/кг.                                        (1.10)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="26CDFB20" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">В такому випадку у виразі 2-го закону Ньютона </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>В такому випадку у виразі 2-го закону Н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ьютона </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4727B585" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -5261,86 +5614,86 @@
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ma</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(1.11)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="596B8050" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">необхідно зберегти інерційну сталу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, яка є відмінною від одиниці:  </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0C266478" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
@@ -5402,552 +5755,674 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>грав.од.сили с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> /(кг·м),                             (1.12)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="37E8F62F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">тому </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7F393174" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                          1 грав.од.сили = 6,67 ·10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Н.                                   (1.13) </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="502B1AD0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="20B07827" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Все це доказує те, що </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>не є</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> питанням вибір розмірів основних одиниць, визначальних рівнянь і числових коефіцієнтів. Питанням є </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">питанням вибір розмірів основних одиниць, визначальних рівнянь і числових коефіцієнтів. Питанням є </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>кількість основних одиниць</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2CFE3ACC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Одиниці ФВ нам потрібні як допоміжний апарат для вивчення оточуючого світу. Закони природи не змінять свого об’єктивного характеру, якщо ми змінимо одні одиниці на інші. Тому основною вимогою до системи одиниць є вимога щодо практичності та доцільності кількості основних одиниць. Їх не повинно бути замало, їх не повинно бути багато. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Одиниці ФВ нам потрібні як допоміжний апарат для вивчення оточуючого світу. Закони природи не змінять свого об’єктивного характеру, якщо ми змінимо одні одиниці на інші. Тому основною вимогою до системи одиниць є вимога щодо практичності та доцільності кіл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ькості основних одиниць. Їх не повинно бути замало, їх не повинно бути багато. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30227AA7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Кількість основних одиниць пов’язана з кількістю коефіцієнтів пропор-ційності, задіяних в визначальних рівняннях. Числові значення цих коефіцієнтів пропорційності залежать від вибору основних одиниць. Якщо вдало підібрати основні одиниці, то коефіцієнти пропорціональності в рівняннях можна прирівняти до постійних чисел (найчастіше та найпростіше до 1). Якщо це можна зробити, то так і роблять.    </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Кількість основних одиниць пов’язана з кількістю коефіцієнтів пропор-ційності, задіяних в визначальних рівняннях. Числові значення цих коефіцієнтів пропорційності залежать від </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вибору основних одиниць. Якщо вдало підібрати основні одиниці, то коефіцієнти пропорціональності в рівняннях можна прирівняти до постійних чисел (найчастіше та найпростіше до 1). Якщо це можна зробити, то так і роблять.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C82AA4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Але коефіцієнти пропорційності присутні і у виразах, які не є визначальни-ми рівняннями. Особливістю коефіцієнтів пропорційності (таких, наприклад, як гравітаційна стала) є те, що їх числові значення залежать не тільки від обраних основних одиниць та визначальних рівнянь, але й від </w:t>
+        <w:t>Але коефіцієнти пропорційності п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рисутні і у виразах, які не є визначальни-ми рівняннями. Особливістю коефіцієнтів пропорційності (таких, наприклад, як гравітаційна стала) є те, що їх числові значення залежать не тільки від обраних основних одиниць та визначальних рівнянь, але й від </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">розміру основних одиниць </w:t>
+        <w:t>розмі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ру основних одиниць </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(Додаток Б). </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5B18A47A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Чим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>більше</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> основних одиниць прийнято в системі, тим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>більше</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> фундамен-тальних сталих буде записано в формулах, які описують закономірності між фізичними величинами. Така перевантаженість формул призводить до труднощів при їх запам’ятовуванні, ускладнює обрахування та вимагає розробки еталонів для всіх основних одиниць. Якщо основних одиниць в системі замало, це обмежує можливості побудови похідних одиниць, що, в свою чергу, призводить до того, що значення похідних величин виявляються або замалими, або завеликими і, до того, можуть бути практично незручними і не забезпечувати всіх господарчих потреб. Доцільним є будування такої системи одиниць, яка б забезпечувала потреби всіх галузей науки і техніки, а кількість основних одиниць не перевищувала 10. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> фундамен-тальних сталих буде записано в формулах, які описують закономірності між фізичними величинами. Така перевантаженість формул призводить до труднощів при їх</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запам’ятовуванні, ускладнює обрахування та вимагає розробки еталонів для всіх основних одиниць. Якщо основних одиниць в системі замало, це обмежує можливості побудови похідних одиниць, що, в свою чергу, призводить до того, що значення похідних величин вия</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вляються або замалими, або завеликими і, до того, можуть бути практично незручними і не забезпечувати всіх господарчих потреб. Доцільним є будування такої системи одиниць, яка б забезпечувала потреби всіх галузей науки і техніки, а кількість основних одини</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ць не перевищувала 10. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B6AC06C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Наступне питання: скільки саме і які саме ФВ (та їх одиниці, відповідно) обрати за основні? В універсальні системі основні одиниці повинні відображати найбільш загальні властивості матеріального світу. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2964E2DA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Цим вимогам відповідає  міжнародна система одиниць ФВ </w:t>
+        <w:t>Цим вимогам відповідає  міжна</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">родна система одиниць ФВ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, в якій узаконено 7 основних одиниць – метр (ФВ довжина), секунда (ФВ час), кілограм (ФВ маса), кельвін (ФВ термо-динамічна температура), ампер (ФВ сила струму), кандела (сила світла), моль (ФВ кількість речовини).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кожна одиниця повинна мати свій розмір.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1E5F8317" w14:textId="77777777" w:rsidR="00902D93" w:rsidRPr="00CF57FE" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Розмір одиниці ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – кількісна визначеність одиниці ФВ, яка відтворюється та (або) зберігається засобом вимірювання.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5134BE2E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Основні одиниці встановлюються двома способами: 1) за прототипами; 2) за результатами природних величин. Перший спосіб заснований на встановленні одиниці за допомогою якогось матеріального тіла (гирі, лінійки тощо). Другий спосіб припускає проведення процедури вимірювання, використання складної апаратури, довершеність котрої визначає точність встановлення одиниці. Для таких вимірювань створюють </w:t>
+        <w:t>Основні одиниці встановлюються двома способами: 1) за прототипами; 2) за результатами природних вел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ичин. Перший спосіб заснований на встановленні одиниці за допомогою якогось матеріального тіла (гирі, лінійки тощо). Другий спосіб припускає проведення процедури вимірювання, використання складної апаратури, довершеність котрої визначає точність встановлен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ня одиниці. Для таких вимірювань створюють </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>еталони</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, за допомогою яких забезпечують відтворення одиниць – основних і похідних – з найбільшою точністю. Причому еталони основної одиниці можуть не бути мірою самої одиниці, а  слугують для визначення інших величин, за якими можна обрахувати основну одиницю.     </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">, за допомогою яких забезпечують відтворення одиниць – основних і похідних – з найбільшою точністю. Причому </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>еталони основної одиниці можуть не бути мірою самої одиниці, а  слугують для визначення інших вели</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чин, за якими можна обрахувати основну одиницю.     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F70C6B8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="54848325" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.5. Розмірності фізичних величин</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7AA7F77B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="18CE301C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Наявність та використання різних систем величин потребує вміння перево-дити одиниці з однієї системи в іншу. Будь-яка зміна основних одиниць призводить до зміни похідних одиниць. Тому необхідно винайти таке спів-відношення, яке б дозволяло визначити залежність похідної одиниці від зміни основних. Для цього вводиться поняття «розмірність», за яким якщо при вимірюванні основної одиниці в  разів похідна одиниця змінюється в </w:t>
+        <w:t>Наявність та використання різних систем величин потребує вміння перево-дити одиниці з однієї системи в іншу. Будь-яка зміна основних одиниць призводить до зміни похідн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их одиниць. Тому необхідно винайти таке спів-відношення, яке б дозволяло визначити залежність похідної одиниці від зміни основних. Для цього вводиться поняття «розмірність», за яким якщо при вимірюванні основної одиниці в  разів похідна одиниця змінюється </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> разів, то похідна одиниця має розмірність </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по відношенню до відповідної основної одиниці.  </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3918508E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Припустимо, що одиниці довжини, маси та часу є основними.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -5970,51 +6445,59 @@
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> змінюється пропорційно ступеню </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> зміненню одиниці довжини, пропорційно ступеню </w:t>
+        <w:t xml:space="preserve"> зміненню одиниці довжини, пропорцій</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">но ступеню </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -6097,51 +6580,51 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> відносно одиниці маси і розмірність </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> відносно одиниці часу. Це можна записати у вигляді</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="74D71BC5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dim</w:t>
@@ -6223,51 +6706,51 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ,                                             (1.14)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7B5139A4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">де </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dim</w:t>
@@ -6290,154 +6773,170 @@
         <w:t>dimension</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фр.) – розмір) означає розмірність одиниці похідної вели-чини </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> відносно одиниць основних величин довжини (</w:t>
+        <w:t xml:space="preserve"> відно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сно одиниць основних величин довжини (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>), маси (М) і часу (Т).</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="761D4A20" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>При утворенні розмірностей похідних одиниць застосовують рівняння зв’язку між чисельними значеннями і такі теореми:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5CB1B013" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">1. Якщо числове значення величини </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>С</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">дорівнює добутку числових значень величин </w:t>
+        <w:t>дорівнює добутку числових значень вели</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чин </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> і </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -6481,63 +6980,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> і </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="27BCABE2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0C1AD4EC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -6623,106 +7122,114 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                (1.15)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7C6710B6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="18F9120D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. Якщо числове значення величини </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">С </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>дорівнює відношенню числових зна-чень величин</w:t>
+        <w:t xml:space="preserve">дорівнює відношенню </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>числових зна-чень величин</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> і </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -6766,51 +7273,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> і </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="263640FC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
@@ -6825,73 +7332,66 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      (1.16)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0A67C93C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4A9FB36D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
@@ -6927,51 +7427,59 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">числового  зна-чення величини </w:t>
+        <w:t>числового  зна-чення вели</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чини </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, то розмірність одиниці </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -6999,63 +7507,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> розмірності </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6BB33203" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="54929FFD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="2124" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
@@ -7086,235 +7594,318 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      (1.17)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="18109357" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Тобто, якщо   </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4EF12FB2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRPr="00CF57FE" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">                           </w:t>
+        <w:t>dim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF57FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>dim A = L</w:t>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF57FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
+      <w:r w:rsidRPr="00CF57FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> M</w:t>
+        <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>q</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      і      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>dim B = L</w:t>
+        <w:t>dim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF57FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CF57FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> = </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>l</w:t>
       </w:r>
+      <w:r w:rsidRPr="00CF57FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> M</w:t>
+        <w:t>M</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
-      <w:r>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00CF57FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                         (1.18)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="15BF9742" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="721A7F6A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">то при </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>С = А·В</w:t>
@@ -7323,62 +7914,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  розмірність </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">С </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>буде</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7D96E770" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="21399D1D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
@@ -7419,62 +8010,62 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>r+t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ,                                            (1.19)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3A4D2AE4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3D734000" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">при </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>С = А/В</w:t>
@@ -7483,80 +8074,88 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> розмірність </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">С </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>буде</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="096B0B4E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6A9D77DD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                         </w:t>
+        <w:t xml:space="preserve">                                        </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>dim C = L</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>p-l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -7580,63 +8179,63 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>r-t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,                                              (1.20)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="360C52E5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="11D4ED77" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">при </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>С = А</w:t>
@@ -7656,62 +8255,62 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  розмірність </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">С </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>буде</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="30A6B2A4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="06201134" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -7794,170 +8393,186 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>rn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> .                                              (1.21)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1740A048" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="255199F6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Термін «розмірність одиниці ФВ» = терміну «розмірність ФВ». </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="468C47DC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Розмірність ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – вираз в формі степеневого одночлену, складеного з добутків символів основних ФВ в різних ступенях, в якому віддзеркалюється зв’язок даної ФВ з фізичними величинами, прийнятими в даній системі величин за основні з коефіцієнтом пропорційності, який дорівнює 1.  </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> – вираз в формі степеневого одночлену, складеного з добутків символів основних ФВ в різних ступенях, в якому віддзеркалюєтьс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я зв’язок даної ФВ з фізичними величинами, прийнятими в даній системі величин за основні з коефіцієнтом пропорційності, який дорівнює 1.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EADA66E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ступені символів основних ФВ можуть бути цілими, дробовими, позитив-ними, негативними. Розмірність основної ФВ по відношенню до самої себе дорівнює 1. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Ступені символів основних ФВ можуть бути цілими, дробовими, позитив-ними, негативними. Розмірність основної ФВ по від</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ношенню до самої себе дорівнює 1. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36D685D4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Наприклад: В системі одиниць, заснованій на системі величин </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, розмірності величин шляху, маси, часу, швидкості, прискорення та сили є рівними:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5ED8F4E0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:left="2124" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve">dim </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -7991,51 +8606,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve"> = M, dim </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve"> = T,                                 (1.22) </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="44370D91" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve">        dim </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8211,62 +8826,54 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">      (1.23)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0F104580" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve">              dim </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -8396,296 +9003,321 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve"> = MLT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>.                  (1.24)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7E470076" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Показник розмірності ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> -  показник ступеню, в яку зведена розмірність основної ФВ, що входить в розмірність похідної ФВ. Показник розмірності основної ФВ по відношенню до себе дорівнює 1. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="04E99B38" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Наприклад: в формулі (1.22) показники розмірності довжини, маси і часу (в системі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>) є (1,0,0), (0,1,0) та (0,0,1) відповідно; в формулі (1.23) показники розмірностей ФВ швидкості та прискорення є (1,0,-1) і (1,0,-2); в формулі (1.24) показники розмірності сили дорівнюють (1,1,-2).</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">) є </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(1,0,0), (0,1,0) та (0,0,1) відповідно; в формулі (1.23) показники розмірностей ФВ швидкості та прискорення є (1,0,-1) і (1,0,-2); в формулі (1.24) показники розмірності сили дорівнюють (1,1,-2).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10F459A3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Серед фізичних величин відокремлюють розмірні та безрозмірні величини.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">  Серед фізичних величин відокремлюють розмірні та безрозмір</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ні величини.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="091F6EBA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Розмірна ФВ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – ФВ, в розмірності якої хоча б одна з основних ФВ наведена в ступінь, відмінну від 0.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="15E78501" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наприклад: шлях, маса, швидкість, прискорення, сила є розмірними ФВ.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6DE62A03" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Безрозмірна ФВ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">– ФВ, в розмірності якої основні ФВ мають ступінь, який дорівнює 0. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="31E6AD33" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наприклад: плаский та тілесний кути – безрозмірні ФВ.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="798F5DF5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Безрозмірна ФВ в одній системі може бути розмірною в іншій системі. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0C147771" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наприклад: електрична стала ε</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">0 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">в системі СГС (сантиметр, грам, секунда) – безрозмірна, а в системі </w:t>
+        <w:t>в системі СГС (сантиметр, грам, с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">екунда) – безрозмірна, а в системі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> має розмірність </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
@@ -8792,152 +9424,160 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0836F236" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>В Додатку В надан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">і деякі найпоширеніші похідні одиниці системи </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3EF6B205" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Формули </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>(1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>22)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – (1.24) були отримані для випадку, коли рівняння зв’язку були ступеневими багаточленами, однак багато фізичних законів виражають трансцендентними функціями, які не можна привести до вигляду ступеневого багаточлена.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> – (1.24) були отримані для випадку, коли рівняння зв’язку були ступеневими багаточленами, однак баг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ато фізичних законів виражають трансцендентними функціями, які не можна привести до вигляду ступеневого багаточлена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="191850B2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Наприклад: часова залежність сили струму </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -8991,663 +9631,582 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">через резистор з опором </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> має експоненціальний вид:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="54DC7F33" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2A08ACC2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                        </w:t>
       </w:r>
       <m:oMath>
         <m:r>
-          <m:rPr/>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <m:t xml:space="preserve">I= </m:t>
+          <m:t>I</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t xml:space="preserve">= </m:t>
         </m:r>
         <m:f>
           <m:fPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:fPr>
           <m:num>
             <m:r>
-              <m:rPr/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <m:t>∆φ</m:t>
+              <m:t>∆</m:t>
             </m:r>
-            <m:ctrlPr>
+            <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
-                <w:i/>
-[...3 lines deleted...]
-            </m:ctrlPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <m:t>φ</m:t>
+            </m:r>
           </m:num>
           <m:den>
             <m:r>
-              <m:rPr/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>R</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:den>
         </m:f>
         <m:r>
-          <m:rPr/>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <m:t>exp</m:t>
         </m:r>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:r>
-              <m:rPr/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <m:t>−</m:t>
+              <m:t>-</m:t>
             </m:r>
             <m:f>
               <m:fPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:fPr>
               <m:num>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <m:t>t</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:num>
               <m:den>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <m:t>RC</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:den>
             </m:f>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:e>
         </m:d>
         <m:r>
-          <m:rPr/>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <m:t>,</m:t>
         </m:r>
       </m:oMath>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                  (1.25)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="29D8512A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6AAE850F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">де </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F044"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:sym w:font="Symbol" w:char="F06A"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - початкова різниця потенціалів на обкладинках конденсатора.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="44337142" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">В таких випадках вираз представляють таким чином, щоб величини-аргументи трансцендентних функцій складали безрозмірну комбінацію, тобто були не змінні при будь-якій зміні основних одиниць. В (1.25) добуток </w:t>
+        <w:t>В таких випадках вираз представляють так</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">им чином, щоб величини-аргументи трансцендентних функцій складали безрозмірну комбінацію, тобто були не змінні при будь-якій зміні основних одиниць. В (1.25) добуток </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>RC</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> має розмірність часу і тому вираз під знаком експоненти є безрозмірним.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="048CBE88" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Наприклад: барометрична формула, яка описує залежність тиску повітря від висоти, має вид:</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Наприклад: баро</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>метрична формула, яка описує залежність тиску повітря від висоти, має вид:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26761ACF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1BEF41E8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     </w:t>
       </w:r>
       <m:oMath>
         <m:r>
-          <m:rPr/>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
-          <m:t xml:space="preserve">p= </m:t>
+          <m:t>p</m:t>
+        </m:r>
+        <m:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <m:t xml:space="preserve">= </m:t>
         </m:r>
         <m:sSub>
           <m:sSubPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSubPr>
           <m:e>
             <m:r>
-              <m:rPr/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>p</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:e>
           <m:sub>
             <m:r>
-              <m:rPr/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>0</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:sub>
         </m:sSub>
         <m:func>
           <m:funcPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:funcPr>
           <m:fName>
             <m:r>
               <m:rPr>
                 <m:sty m:val="p"/>
               </m:rPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>exp</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:fName>
           <m:e>
             <m:d>
               <m:dPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:dPr>
               <m:e>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <m:t>−</m:t>
+                  <m:t>-</m:t>
                 </m:r>
                 <m:f>
                   <m:fPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:fPr>
                   <m:num>
                     <m:r>
-                      <m:rPr/>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
-                      <m:t>mgℎ</m:t>
+                      <m:t>mg</m:t>
                     </m:r>
-                    <m:ctrlPr>
+                    <m:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
-                        <w:i/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
-                    </m:ctrlPr>
+                      <m:t>h</m:t>
+                    </m:r>
                   </m:num>
                   <m:den>
                     <m:sSub>
                       <m:sSubPr>
                         <m:ctrlPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                         </m:ctrlPr>
                       </m:sSubPr>
                       <m:e>
                         <m:r>
-                          <m:rPr/>
                           <w:rPr>
                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <m:t>k</m:t>
                         </m:r>
-                        <m:ctrlPr>
-[...6 lines deleted...]
-                        </m:ctrlPr>
                       </m:e>
                       <m:sub>
                         <m:r>
-                          <m:rPr/>
                           <w:rPr>
                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <m:t>Б</m:t>
                         </m:r>
-                        <m:ctrlPr>
-[...6 lines deleted...]
-                        </m:ctrlPr>
                       </m:sub>
                     </m:sSub>
                     <m:r>
-                      <m:rPr/>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <m:t>T</m:t>
                     </m:r>
-                    <m:ctrlPr>
-[...6 lines deleted...]
-                    </m:ctrlPr>
                   </m:den>
                 </m:f>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:e>
             </m:d>
             <m:r>
-              <m:rPr/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>,</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:e>
         </m:func>
       </m:oMath>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 (1.26)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="44C0186E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="187601D0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">де </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -9737,233 +10296,258 @@
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>Б</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> - стала Больцмана. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="023057D7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Як наведено раніше, чим більше основних одиниць використовується для побудови системи одиниць, тим більше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">фундаментальних сталих застосовуєть-ся в рівняннях зв’язку, які не є визначальними рівняннями для інших величин. </w:t>
+        <w:t>фундаментальних сталих застосовуєть-ся в рівняннях зв’язку, які не є визнача</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">льними рівняннями для інших величин. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Стала Больцмана в (1.26) є фундаментальною сталою.  </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="13A68D54" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Фундаментальні сталі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – розмірні константи, які застосовані в рівняннях зв’язку, що не є визначальними рівняннями.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="77888829" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Розмірності можуть слугувати одним з критеріїв для перевірки правильно</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ті рівнянь, що відображають фізичні закономірності: всі члени правої та лівої частин рівняння повинні мати однакову розмірність. Але це спів падіння не гарантує того, що рівняння є коректним.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>ті рівнянь, що відображають фізичні закономірності: всі члени правої та лівої частин рівнян</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ня повинні мати однакову розмірність. Але це спів падіння не гарантує того, що рівняння є коректним.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BDC8A06" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="66A7EF34" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>1.6. Переклад розмірностей</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="539094BA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6CA6808E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Якщо визначальні рівняння в обох системах однакові, а основні величини є різними, то для перекладу розмірності певної величини із однієї системи в іншу необхідно замінити розмірність основної величини на розмірність, яку вона має в інші системі. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Якщо визначальні рівняння в обох системах однакові, а основні величини є різними, то для перекладу розмірності певної величин</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и із однієї системи в іншу необхідно замінити розмірність основної величини на розмірність, яку вона має в інші системі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A9EB162" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Наприклад: перекладемо розмірність роботи із системи </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -10008,63 +10592,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, де основними величинами є довжина, сила та час. Розмірність роботи в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4507E8B9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5B77DF2A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                        </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -10119,139 +10703,147 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.                                                    (1.27)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="20B945EC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7EBC2547" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В системі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LFT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> одиниця маси є похідною з розмірністю</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="12EF1DFD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7A5E3CDC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                          </w:t>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dim</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -10294,113 +10886,113 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>FT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> .                                                     (1.28)           </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0C51CED8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3978DEF4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Підставляючи (1.28) в (1.27) отримаємо розмірність роботи в системі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LFT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6D0E101A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4F8CB100" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -10491,193 +11083,217 @@
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> = LF.                                          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>(1.29)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="636F3B11" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3D39F4DC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Якщо основні величини в обох системах однакові, а визначальні рівняння є різними, то коефіцієнти пропорційності у визначальних рівняннях при переході з однієї системи до іншої можуть:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="73737529" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">а) залишатися безрозмірними, але змінювати свою величину;  </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>а) залишатися бе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зрозмірними, але змінювати свою величину;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F628C8C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>б) змінювати свою величину і набувати розмірність.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="72B6AB00" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Наприклад: а) якщо для визначення одиниці площі використовувати квадратний метр, то коефіцієнт пропорційності в формулі площі квадрата є безрозмірним і дорівнює 1 (1.4), а коли одиниця площі виражена як круглий метр, то коефіцієнт пропорційності також є безрозмірним, але дорівнює 4/π;</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">Наприклад: а) якщо для визначення одиниці площі використовувати квадратний метр, то коефіцієнт пропорційності в формулі площі квадрата є безрозмірним і дорівнює </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1 (1.4), а коли одиниця площі виражена як круглий метр, то коефіцієнт пропорційності також є безрозмірним, але дорівнює 4/π;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64CB1E87" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                       б) Якщо в системі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> для визначення одиниці сили використовують 2-й закон Ньютона, то коефіцієнт пропорційності в (1.11) є безрозмірним і дорівнює 1, причому </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> для визначення одиниці сили використовують 2-й закон Ньютона, то коефіцієнт пропорційн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ості в (1.11) є безрозмірним і дорівнює 1, причому </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F5F00E0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5AB1776D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -10714,96 +11330,105 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.                                                    (1.30)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="653F7992" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4F27C23C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Підставимо розмірність сили у вираз для закону всесвітнього тяжіння (1.8), отримаємо розмірність гравітаційної сталої:</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Підставимо розмірність сили у вираз для закону всесвітнього тяжіння (1.8), </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отримаємо розмірність гравітаційної сталої:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43535CBA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="701918BE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -10876,64 +11501,64 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.                                                 (1.31)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0DD734AD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="140C89DF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Наявність розмірності у гравітаційної сталої означає, що її числове значення </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -10960,100 +11585,100 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. Якщо основні одиниці сантиметр, грам і секунда, то числове значення гравітаційної сталої становить  6,67·10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4011EC41" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Якщо в системі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> для визначення одиниці сили використовувати не 2-й закон Ньютона, а закон всесвітнього тяжіння, то гравітаційна стала стає безрозмірною і дорівнює 1. В цьому випадку розмірність сили буде </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0AA154F4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6A44D839" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -11096,134 +11721,143 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>-2</w:t>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,                                                 (1.32)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6E27FCC3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0F18C0ED" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">а інерційна стала </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>K</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  в (1.11), яка раніше дорівнювала 1, здобуває розмірність</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="43ADEFC8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="02D4A187" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>dim</w:t>
@@ -11285,76 +11919,84 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>MT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.                                           (1.33)</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>.                                           (1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>33)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324571AA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2D265463" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">При основних одиницях метр, кілограм і секунда </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
@@ -11376,1838 +12018,1740 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> = 1,5·10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="32802B57" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">В загальному випадку, коли різні системи, які мають різні основні величини, відмінні набором визначальних рівнянь, необхідно враховувати, що коефіцієнти пропорційності, які в одній системі безрозмірні і дорівнюють постійному числу (як правило 1), в іншій системі здобувають розмірність і декотре числове значення. Тому для перекладу розмірносте будь-якої величини із однієї системи в іншу потрібно замінити безрозмірний коефіцієнт розмірним або навпаки. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>В загальному випадку, коли різні системи, які мають різні основні величини, відмінні набором визначальних рівнянь, необхідно враховувати, що коефіцієнти пропорційності, які в одній системі безрозмірні і дорівнюють постійному числу (як правило 1), в іншій с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">истемі здобувають розмірність і декотре числове значення. Тому для перекладу розмірносте будь-якої величини із однієї системи в іншу потрібно замінити безрозмірний коефіцієнт розмірним або навпаки. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A0B661E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Розглянемо 3 важливих окремих випадки.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="225991F9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Обидві системи одиниць побудовані за однаковими визначальними рівняннями, мають одні основні величини, але вони розрізняються розмірами. </w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">1. Обидві системи </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одиниць побудовані за однаковими визначальними рівняннями, мають одні основні величини, але вони розрізняються розмірами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6141C7B6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Оскільки розмірності похідної одиниці в обох системах виявляються однаковими, то при перекладі одиниць буде достатнім підставити у  розмірність відношення розмірів основних одиниць, котрі повинні бути завдані або визначенням, або знайдені експериментальним шляхом, або отримані порівнянням еталонів відповідних одиниць.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Оскільки розмірності похідної одиниці в обох системах виявляються однаковими, то при перекладі одиниць буде достатнім підставити у  р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>озмірність відношення розмірів основних одиниць, котрі повинні бути завдані або визначенням, або знайдені експериментальним шляхом, або отримані порівнянням еталонів відповідних одиниць.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33976B2F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Наприклад: потрібно встановити співвідношення двох одиниць сили, які визначені на підставі 2-го закону Ньютона, при основних одиницях метр, кілограм, секунда (1-ша система) і сантиметр, грам, секунда (2-га система). За визначенням співвідношення основних одиниць таке</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">Наприклад: потрібно встановити співвідношення двох одиниць сили, які </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">визначені на підставі 2-го закону Ньютона, при основних одиницях метр, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>кілограм, секунда (1-ша система) і сантиметр, грам, секунда (2-га система). За визначенням співвідношення основних одиниць таке</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52F7AA49" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="024CA5EA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                  1 м = 100 см,    1 кг = 1000 г.                                      (1.34)</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">                                  1 м = 100 см,    1 кг </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>= 1000 г.                                      (1.34)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5185AAFE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>На підставі розмірності сили (1.32) визначимо співвідношення одиниць сили:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0FFDB9D4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMath>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
-              <m:rPr/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t xml:space="preserve">     </m:t>
             </m:r>
             <m:f>
               <m:fPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:fPr>
               <m:num>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <m:t>од.сили системи "м, кг, с"</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:num>
               <m:den>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <m:t>од.или системи "см, г, с"</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:den>
             </m:f>
             <m:r>
-              <m:rPr/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t xml:space="preserve">= </m:t>
             </m:r>
             <m:d>
               <m:dPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:dPr>
               <m:e>
                 <m:f>
                   <m:fPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:fPr>
                   <m:num>
                     <m:r>
-                      <m:rPr/>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <m:t>м</m:t>
                     </m:r>
-                    <m:ctrlPr>
-[...6 lines deleted...]
-                    </m:ctrlPr>
                   </m:num>
                   <m:den>
                     <m:r>
-                      <m:rPr/>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <m:t>см</m:t>
                     </m:r>
-                    <m:ctrlPr>
-[...6 lines deleted...]
-                    </m:ctrlPr>
                   </m:den>
                 </m:f>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:e>
             </m:d>
             <m:d>
               <m:dPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:dPr>
               <m:e>
                 <m:f>
                   <m:fPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:fPr>
                   <m:num>
                     <m:r>
-                      <m:rPr/>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <m:t>кг</m:t>
                     </m:r>
-                    <m:ctrlPr>
-[...6 lines deleted...]
-                    </m:ctrlPr>
                   </m:num>
                   <m:den>
                     <m:r>
-                      <m:rPr/>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <m:t>г</m:t>
                     </m:r>
-                    <m:ctrlPr>
-[...6 lines deleted...]
-                    </m:ctrlPr>
                   </m:den>
                 </m:f>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:e>
             </m:d>
             <m:sSup>
               <m:sSupPr>
                 <m:ctrlPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSupPr>
               <m:e>
                 <m:d>
                   <m:dPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:dPr>
                   <m:e>
                     <m:f>
                       <m:fPr>
                         <m:ctrlPr>
                           <w:rPr>
                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                             <w:i/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                         </m:ctrlPr>
                       </m:fPr>
                       <m:num>
                         <m:r>
-                          <m:rPr/>
                           <w:rPr>
                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <m:t>с</m:t>
                         </m:r>
-                        <m:ctrlPr>
-[...6 lines deleted...]
-                        </m:ctrlPr>
                       </m:num>
                       <m:den>
                         <m:r>
-                          <m:rPr/>
                           <w:rPr>
                             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                             <w:sz w:val="28"/>
                             <w:szCs w:val="28"/>
                           </w:rPr>
                           <m:t>с</m:t>
                         </m:r>
-                        <m:ctrlPr>
-[...6 lines deleted...]
-                        </m:ctrlPr>
                       </m:den>
                     </m:f>
-                    <m:ctrlPr>
-[...6 lines deleted...]
-                    </m:ctrlPr>
                   </m:e>
                 </m:d>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:e>
               <m:sup>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                  <m:t>−2</m:t>
+                  <m:t>-</m:t>
                 </m:r>
-                <m:ctrlPr>
+                <m:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
-                    <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
-                </m:ctrlPr>
+                  <m:t>2</m:t>
+                </m:r>
               </m:sup>
             </m:sSup>
             <m:r>
-              <m:rPr/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>=100∙1000∙1</m:t>
             </m:r>
             <m:r>
-              <m:rPr/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t>=</m:t>
             </m:r>
             <m:sSup>
               <m:sSupPr>
                 <m:ctrlPr>
                   <w:rPr>
-                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:i/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                 </m:ctrlPr>
               </m:sSupPr>
               <m:e>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <m:t>10</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:e>
               <m:sup>
                 <m:r>
-                  <m:rPr/>
                   <w:rPr>
-                    <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+                    <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <m:t>5</m:t>
                 </m:r>
-                <m:ctrlPr>
-[...6 lines deleted...]
-                </m:ctrlPr>
               </m:sup>
             </m:sSup>
             <m:r>
-              <m:rPr/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria Math" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <m:t xml:space="preserve"> .</m:t>
             </m:r>
-            <m:ctrlPr>
-[...6 lines deleted...]
-            </m:ctrlPr>
           </m:e>
-          <m:sup>
-[...8 lines deleted...]
-          </m:sup>
+          <m:sup/>
         </m:sSup>
       </m:oMath>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">           (1.35)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="13CEC58C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7E7D42EE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Оскільки одиниця сили в системі «м, кг, с» - ньютон, а одиниця сили в системі «см, г,с» - дін, то</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">Оскільки одиниця </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сили в системі «м, кг, с» - ньютон, а одиниця сили в системі «см, г,с» - дін, то</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="267D91B5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3A4BA04D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            1 Н = 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> дін.                                                       (1.36)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="025171C2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0985D368" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Встановимо співвідношення двох одиниць сили при тому ж визначальному рівнянні, коли основні одиниці – метр, кілограм, секунда і фут, фунт, хвилина. За допомогою порівняння відповідних еталонів встановлено, що</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">Встановимо співвідношення двох одиниць сили при тому </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж визначальному рівнянні, коли основні одиниці – метр, кілограм, секунда і фут, фунт, хвилина. За допомогою порівняння відповідних еталонів встановлено, що</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E0BEB89" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5A57E4CA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                         1м = 3,281 фута,      1 кг = 2,442 фунта                              (1.37)</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">                         1м = 3,281 фута,      1 кг = 2,442 фунта                              (1.3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F0F804" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4F679B1A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>За визначенням</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="54B612C7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                      1 хв = 60 с.                                               (1.38)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="67FB506E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2F497AA2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Співвідношення одиниць сили наступне:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="30F25731" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5C07D16F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <m:oMathPara>
         <m:oMath>
           <m:f>
             <m:fPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:fPr>
             <m:num>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <m:t>Н</m:t>
               </m:r>
-              <m:ctrlPr>
-[...6 lines deleted...]
-              </m:ctrlPr>
             </m:num>
             <m:den>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <m:t>од.сили системи "фут, фунт,хвилина"</m:t>
               </m:r>
-              <m:ctrlPr>
-[...6 lines deleted...]
-              </m:ctrlPr>
             </m:den>
           </m:f>
           <m:r>
-            <m:rPr/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t xml:space="preserve">= </m:t>
           </m:r>
           <m:d>
             <m:dPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:dPr>
             <m:e>
               <m:f>
                 <m:fPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       <w:i/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:fPr>
                 <m:num>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                     <m:t>м</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:num>
                 <m:den>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                     <m:t>фут</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:den>
               </m:f>
-              <m:ctrlPr>
-[...6 lines deleted...]
-              </m:ctrlPr>
             </m:e>
           </m:d>
           <m:d>
             <m:dPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:dPr>
             <m:e>
               <m:f>
                 <m:fPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       <w:i/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:fPr>
                 <m:num>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                     <m:t>кг</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:num>
                 <m:den>
                   <m:r>
-                    <m:rPr/>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                     <m:t>фунт</m:t>
                   </m:r>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:den>
               </m:f>
-              <m:ctrlPr>
-[...6 lines deleted...]
-              </m:ctrlPr>
             </m:e>
           </m:d>
           <m:sSup>
             <m:sSupPr>
               <m:ctrlPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:i/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
               </m:ctrlPr>
             </m:sSupPr>
             <m:e>
               <m:d>
                 <m:dPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                       <w:i/>
                       <w:sz w:val="28"/>
                       <w:szCs w:val="28"/>
                     </w:rPr>
                   </m:ctrlPr>
                 </m:dPr>
                 <m:e>
                   <m:f>
                     <m:fPr>
                       <m:ctrlPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                           <w:i/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </m:ctrlPr>
                     </m:fPr>
                     <m:num>
                       <m:r>
-                        <m:rPr/>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <m:t>с</m:t>
                       </m:r>
-                      <m:ctrlPr>
-[...6 lines deleted...]
-                      </m:ctrlPr>
                     </m:num>
                     <m:den>
                       <m:r>
-                        <m:rPr/>
                         <w:rPr>
                           <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <m:t>хв</m:t>
                       </m:r>
-                      <m:ctrlPr>
-[...6 lines deleted...]
-                      </m:ctrlPr>
                     </m:den>
                   </m:f>
-                  <m:ctrlPr>
-[...6 lines deleted...]
-                  </m:ctrlPr>
                 </m:e>
               </m:d>
-              <m:ctrlPr>
-[...6 lines deleted...]
-              </m:ctrlPr>
             </m:e>
             <m:sup>
               <m:r>
-                <m:rPr/>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <m:t>−2</m:t>
+                <m:t>-</m:t>
               </m:r>
-              <m:ctrlPr>
+              <m:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
-                  <w:i/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-              </m:ctrlPr>
+                <m:t>2</m:t>
+              </m:r>
             </m:sup>
           </m:sSup>
           <m:r>
-            <m:rPr/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
             <m:t>=</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="32FA78F9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
-[...5 lines deleted...]
-    <w:p>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DFFC6A4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      = 3,281·2,442·60</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>= 28843,927.                                           (1.39)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="687467C7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Таким чином</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="54BE3434" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1FE592D9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">             1 Н = 28843,927 од. сили системи «фут, фунт, хвилина»             (1.40)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="453F4E25" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="28A5CDF0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Визначальне рівняння в обох системах одиниць одне й те саме, але основ-ні одиниці – різні. </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7BDA4A9F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Оскільки, принаймні, одна величина в одній системі, що прийнята за основ-ну, є в іншій системі похідною, то зв’язок між одиницями цієї величини в різ-них системах встановлюють експериментально. Маючи співвідношення між основними одиницями двох систем, можна винайти співвідношення між одиницями всіх величин обох систем. При цьому можна використовувати як розмірності відповідних величин, так і безпосередньо визначальні рівняння.</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Оскільки, принаймні, одна величина в одній системі, що прийнята за основ-ну, є в іншій системі похідною, то зв’язок між одиницями цієї величини в різ-них система</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х встановлюють експериментально. Маючи співвідношення між основними одиницями двох систем, можна винайти співвідношення між </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>одиницями всіх величин обох систем. При цьому можна використовувати як розмірності відповідних величин, так і безпосередньо визначал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ьні рівняння.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="006DBF2F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Наприклад: Отримаємо співвідношення двох одиниць роботи, якщо одиниці сили визначені на підставі 2-го закону Ньютона при основних одиницях метр, кілограм, секунда та метр, кілограм-сила (кгс), секунда. Перша система відповідає </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, друга – МКГСС. В </w:t>
+        <w:t>, друга – МКГ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СС. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> одиниця маси – основна, одиниця сили – похідна, в системі МКГС – навпаки. Встановимо зв’язок між цими одиницями.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0D4C26A6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Якщо провести експеримент, в якому сила, дорівняна 1 в одній системі, прикладена до тіла, маса якого дорівнює 1 в інші системі, і виміряти прискорення цього тіла, то можна встановити потребуємий зв’язок між одиницями сили і маси. Одиниця кгс – це вага еталонної кілограмової гирі в місці її зберігання, де прискорення вільного падіння дорівнює 9,80665 м/с</w:t>
+        <w:t>Якщо провести експеримент, в якому сила, дорівняна 1 в одній системі, прикладена до тіла, маса якого дорівнює 1 в інші системі, і вимі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ряти прискорення цього тіла, то можна встановити потребуємий зв’язок між одиницями сили і маси. Одиниця кгс – це вага еталонної кілограмової гирі в місці її зберігання, де прискорення вільного падіння дорівнює 9,80665 м/с</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. В </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ця вага дорівнює 9,81 Н. Тому</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve"> ця вага дорівнює 9,81 Н. То</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>му</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D73671A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                   1 кгс = 9,81 Н                                             (1.41)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0F4729A7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="38159554" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Оскільки рівні сили 1 кгс та 9,81 Н забезпечують тілу рівне прискорення, то </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2F0E910E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5CDFA23F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                        1 од. маси МКГСС = 9,81 Н.                               (1.42)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0A6034C4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="27D4E991" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Одиницю маси МКГСС називають технічною одиницею маси (т.о.м.) або інерта. Зворотні співвідношення для одиниць сили і маси:</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t>Одиницю маси МКГСС називають технічною одиницею маси (т.о.м.) або інерта.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Зворотні співвідношення для одиниць сили і маси:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E113984" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="65D84E9F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                             1 Н = 0,102 кгс,      1 кгс = 0,102 т.о.м.                          (1.43)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="364D2984" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="493E7B2E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Тому одиниці роботи в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> та МКГСС пов’язані між собою наступним чином </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7D085F76" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="45432435" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                    1 кгс·м = 9,81 Н·м = 9,81 Дж.                                   (1.44)</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">                            </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        1 кгс·м = 9,81 Н·м = 9,81 Дж.                                   (1.44)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BD0E649" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="581F60F9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>3. В різних системах для визначення похідної одиниці застосовують різні визначальні рівняння, але основні одиниці в обох системах є однаковими.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="46D82439" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Розглянемо декотру похідну величину </w:t>
+        <w:t>Розглянемо декотру похідну велич</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ину </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, яка в двох різних системах </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> базується на різних визначальних рівняннях і має розмірності</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6CF26A88" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2AEDDCB7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -13410,64 +13954,64 @@
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">.                                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>(1.45)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="02393552" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="67BF4049" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Числові значення </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
@@ -13601,63 +14145,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-ї та 2-ї систем </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, знаходяться в співвідношенні: </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2F1224E3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="661DE650" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                      А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -13690,118 +14234,119 @@
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,                                                    (1.46)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="241980B4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="016B339D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">де </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>К</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – коефіцієнт пропорційності, розмірність якого дорівнює</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="08A7C6AF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="277DE757" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>dim</w:t>
@@ -13932,94 +14477,94 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.                                             (1.47)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2420C9B0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="18E6354D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Оскільки числові значення різних величин в різних одиницях і одиниці цих величин знаходяться в зворотньому відношенні (1.1), то </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="52978A53" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1AA26EF4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -14044,63 +14589,63 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> = (1/К) α</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.                                                (1.48)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="64874BDF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3576A3EC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">Тому знання числового значення коефіцієнта </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
@@ -14116,69 +14661,78 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> у будь-якій системі одиниць дозволяє визначити його числове значення в іншій системі, тобто співвідношення між відповідними одиницями даної величини </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>А</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="237B5C85" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Наприклад: при застосуванні інерційної одиниці сили, тобто коли одиниця сили в системі </w:t>
+        <w:t xml:space="preserve">Наприклад: при застосуванні інерційної одиниці сили, тобто </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коли одиниця сили в системі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> визначена за 2-м законом Ньютона, закон всесвітнього тяжіння має вигляд (1.8). Вираз  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
@@ -14245,51 +14799,59 @@
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> є тією ж самою силою всесвітнього тяжіння, але виміряну в гравітаційних одиницях, тобто коли одиниця сили в системі </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>LMT</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> визначена на основі закону всесвітнього тяжіння. Тому, позна-чивши сили, які виміряні інерційною та гравітаційною одиницями, через </w:t>
+        <w:t xml:space="preserve"> визначена </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на основі закону всесвітнього тяжіння. Тому, позна-чивши сили, які виміряні інерційною та гравітаційною одиницями, через </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
@@ -14305,51 +14867,51 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, отримаємо</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4E990E3E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -14374,75 +14936,84 @@
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t xml:space="preserve"> = GF</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="de-AT"/>
         </w:rPr>
-        <w:t>.                                                   (1.49)</w:t>
+        <w:t xml:space="preserve">.                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="de-AT"/>
+        </w:rPr>
+        <w:t>(1.49)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="60C435A4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="624ABB9A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Розмірності </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
@@ -14492,51 +15063,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> вказані в (1.30) і (1.32), відповідно. З урахуванням (1.49) можна визначити розмірність гравітаційної сталої </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>G</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1.31).</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="680BF9C8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Позначимо інерційну та гравітаційну одиниці сили через </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
@@ -14579,69 +15150,77 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>α</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. Тоді згідно (1.48)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2E7A4AA5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                </w:t>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>α</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
@@ -14680,97 +15259,97 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>) α</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="subscript"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>g</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.                                               (1.50)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="248E5F61" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="04EDD200" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>При вимірюванні маси в кілограмах і довжини в метрах, маємо:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="329E0199" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="72B01BE0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                  1 Н = 1/(6,67·10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -14842,92 +15421,92 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                (1.51)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="692A63A6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1A3DBA23" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">     При вимірюванні маси в грамах і довжини в сантиметрах будемо мати:</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4D1A9A98" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="10A996CF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                      1 дін = 1/(6,67·10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-8</w:t>
@@ -14970,240 +15549,251 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/см</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.                      (1.52)</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="550B31A7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="297CC530" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Для того, щоб кожного разу при розрахунках не переводити одні одиниці в інші, складають спеціальні таблиці. В Додатку </w:t>
+        <w:t>Для того, щоб кожного разу при розрахунках не переводи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ти одні одиниці в інші, складають спеціальні таблиці. В Додатку </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>Г</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> надані деякі з найпоширених.</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="32A57D08" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="11BA7766" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Додаток А</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="39832F37" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="732DA0BF" wp14:editId="387CC5A9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>245745</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>991870</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="637540" cy="212725"/>
                 <wp:effectExtent l="5080" t="4445" r="5080" b="11430"/>
                 <wp:wrapNone/>
                 <wp:docPr id="7" name="Надпись 9"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="637540" cy="212725"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p>
+                          <w:p w14:paraId="751EE2BD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
                             <w:r>
                               <w:t>Префікс</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Надпись 9" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-left:19.35pt;margin-top:78.1pt;height:16.75pt;width:50.2pt;z-index:-251655168;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAn4dB0dgAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2Py07DMBBF90j8gzVIbBB10kBexOkCCQQ7KKjduvE0ifAj&#10;2G5a/p7pCnbzOLpzplmdjGYz+jA6KyBdJMDQdk6Nthfw+fF0WwILUVoltbMo4AcDrNrLi0bWyh3t&#10;O87r2DMKsaGWAoYYp5rz0A1oZFi4CS3t9s4bGan1PVdeHincaL5MkpwbOVq6MMgJHwfsvtYHI6C8&#10;e5m34TV723T5Xlfxppifv70Q11dp8gAs4in+wXDWJ3VoyWnnDlYFpgVkZUEkze/zJbAzkFUpsB0V&#10;ZVUAbxv+/4X2F1BLAwQUAAAACACHTuJARzTh6hECAAA6BAAADgAAAGRycy9lMm9Eb2MueG1srVNL&#10;jhMxEN0jcQfLe9JJIBOmlc5IEMIGAdLAARzb3W3JP7mcdGfJnitwBxYs2M0VMjei7M5kPrDIgl64&#10;y67nV1Wvyour3miykwGUsxWdjMaUSMudULap6Ncv6xevKYHIrGDaWVnRvQR6tXz+bNH5Uk5d67SQ&#10;gSCJhbLzFW1j9GVRAG+lYTByXlp01i4YFnEbmkIE1iG70cV0PL4oOheED45LADxdDU56ZAznELq6&#10;VlyuHN8aaePAGqRmEUuCVnmgy5xtXUseP9U1yEh0RbHSmFcMgvYmrcVywcomMN8qfkyBnZPCk5oM&#10;UxaDnqhWLDKyDeovKqN4cODqOOLOFEMhWRGsYjJ+os11y7zMtaDU4E+iw/+j5R93nwNRoqJzSiwz&#10;2PDDj8PPw6/DzeH37bfb7+QyadR5KBF67REc+zeux8m5Owc8TKX3dTDpj0UR9KPC+5PCso+E4+HF&#10;y/nsFXo4uqaT6Xw6SyzF/WUfIL6XzpBkVDRgA7OubPcB4gC9g6RY4LQSa6V13oRm81YHsmPY7HX+&#10;juyPYNqSrqKXM4xNOMMJrnFy0DQeVQDb5HiPbsBD4nH+/kWcElsxaIcEMkOCsdKoKEO2WsnEOytI&#10;3HtU2uIDoykZIwUlWuJ7TFZGRqb0OUjUTluUMHVo6ESyYr/pkSaZGyf22LWtD6ppUdLctwzHkcra&#10;H8c/zezDfSa9f/LLP1BLAwQKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAF9yZWxzL1BLAwQUAAAA&#10;CACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDBasMwDIbvg72D0X1xmsMYo04vo9Br&#10;6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX9aAwO/IxBwPvl+PTCyipNnu7UEYD&#10;NxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN&#10;8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUazHLAa8CwaB2pZ134EfV+/+6fe00c+&#10;47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAABbQ29udGVudF9UeXBl&#10;c10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRPEotkbHlMaG+Pk7YbRJFY2jP/vye7&#10;3BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWmvr0p90ePLFKauJJ9jP5RKdY9jsC5&#10;80hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2kK5PJgEHluLptDizKgneD1ZDTKZq&#10;IvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOYNJQJrIz7ooBT/nfJbDly5trWasyb&#10;wE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAA&#10;AAAAAAEAIAAAAIIEAABbQ29udGVudF9UeXBlc10ueG1sUEsBAhQACgAAAAAAh07iQAAAAAAAAAAA&#10;AAAAAAYAAAAAAAAAAAAQAAAAZAMAAF9yZWxzL1BLAQIUABQAAAAIAIdO4kCKFGY80QAAAJQBAAAL&#10;AAAAAAAAAAEAIAAAAIgDAABfcmVscy8ucmVsc1BLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAE&#10;AAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07iQJ+HQdHYAAAACgEAAA8AAAAAAAAA&#10;AQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAIAIdO4kBHNOHqEQIAADoEAAAOAAAA&#10;AAAAAAEAIAAAACcBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAABgAGAFkBAACqBQAAAAA=&#10;">
-[...3 lines deleted...]
-                <o:lock v:ext="edit" aspectratio="f"/>
+              <v:shapetype w14:anchorId="732DA0BF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Надпись 9" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:19.35pt;margin-top:78.1pt;width:50.2pt;height:16.75pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZjJMi/QEAAOwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O0zAQviPxDpbvNGmhWzZquhKUckGA&#10;tPAAU9tJLPlPtrdJj9x5Bd6BAwduvEL2jRi73e4fB4TIwRl7Pn8z8814eTFoRXbCB2lNTaeTkhJh&#10;mOXStDX9/Gnz7CUlIYLhoKwRNd2LQC9WT58se1eJme2s4sITJDGh6l1NuxhdVRSBdUJDmFgnDDob&#10;6zVE3Pq24B56ZNeqmJXlWdFbz523TISAp+uDk64yf9MIFj80TRCRqJpibjGvPq/btBarJVStB9dJ&#10;dkwD/iELDdJg0BPVGiKQKy8fUWnJvA22iRNmdWGbRjKRa8BqpuWDai47cCLXguIEd5Ip/D9a9n73&#10;0RPJa7qgxIDGFo3fxu/jj/HX+PP6y/VXcp406l2oEHrpEByHV3bAXt+cBzxMpQ+N1+mPRRH0o9r7&#10;k8JiiITh4dnzxfwFehi6ZtPZYjZPLMXtZedDfCusJsmoqccGZl1h9y7EA/QGkmIFqyTfSKXyxrfb&#10;18qTHWCzN/k7st+DKUP6mp7PMTZhgDPXKIhoaocqBNPmePduhLvEZf7+RJwSW0PoDglkhgSDSsso&#10;fLY6AfyN4STuHSpt8EnQlIwWnBIl8AUlKyMjSPU3SNROGZQwdejQiWTFYTsgTTK3lu+xa1fOy7ZD&#10;SXPfMhxHKmt/HP80s3f3mfT2ka5+AwAA//8DAFBLAwQUAAYACAAAACEAbjlAnd8AAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbBB12kBexKkQEojuoCDYurGbRNjjYLtp+Hum&#10;K9jN4+jOmXo9W8Mm7cPgUMBykQDT2Do1YCfg/e3xugAWokQljUMt4EcHWDfnZ7WslDviq562sWMU&#10;gqGSAvoYx4rz0PbayrBwo0ba7Z23MlLrO668PFK4NXyVJBm3ckC60MtRP/S6/doerIDi5nn6DJv0&#10;5aPN9qaMV/n09O2FuLyY7++ART3HPxhO+qQODTnt3AFVYEZAWuRE0vw2WwE7AWm5BLajoihz4E3N&#10;/7/Q/AIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDZjJMi/QEAAOwDAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBuOUCd3wAAAAoBAAAPAAAAAAAA&#10;AAAAAAAAAFcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAYwUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p>
+                    <w:p w14:paraId="751EE2BD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
                       <w:r>
                         <w:t>Префікс</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="25B7AB0E" wp14:editId="1229F694">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>303530</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>444500</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5506085" cy="438150"/>
                 <wp:effectExtent l="6350" t="6350" r="31115" b="31750"/>
                 <wp:wrapNone/>
                 <wp:docPr id="6" name="Надпись 8"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5506085" cy="438150"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:gradFill rotWithShape="0">
@@ -15218,704 +15808,655 @@
                               <a:srgbClr val="FABF8F"/>
                             </a:gs>
                           </a:gsLst>
                           <a:lin ang="18900000" scaled="1"/>
                           <a:tileRect/>
                         </a:gradFill>
                         <a:ln w="12700" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="FABF8F"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter/>
                           <a:headEnd type="none" w="med" len="med"/>
                           <a:tailEnd type="none" w="med" len="med"/>
                         </a:ln>
                         <a:effectLst>
                           <a:outerShdw dist="28398" dir="3806096" algn="ctr" rotWithShape="0">
                             <a:srgbClr val="974706">
                               <a:alpha val="50000"/>
                             </a:srgbClr>
                           </a:outerShdw>
                         </a:effectLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p>
+                          <w:p w14:paraId="796DE383" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
                             <w:pPr>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>Префікси для утворення десятинних кратних та часткових одиниць</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Надпись 8" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-left:23.9pt;margin-top:35pt;height:34.5pt;width:433.55pt;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FABF8F" filled="t" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAuLyNSdcAAAAJ&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PzU7DMBCE70i8g7VIXBC1A1FLQpweijiBUGnhvk2WxBDb&#10;Ubz94e1ZTnAczWjmm2p58oM60JRcDBaymQFFoYmtC52Ft+3j9R2oxBhaHGIgC9+UYFmfn1VYtvEY&#10;Xumw4U5JSUglWuiZx1Lr1PTkMc3iSEG8jzh5ZJFTp9sJj1LuB31jzFx7dEEWehxp1VPztdl7C3p9&#10;tW3e3fPDZ5o/rfIX5KJzbO3lRWbuQTGd+C8Mv/iCDrUw7eI+tEkNFvKFkLOFhZFL4hdZXoDaSfC2&#10;MKDrSv9/UP8AUEsDBBQAAAAIAIdO4kAvJ9X8rAIAAK4FAAAOAAAAZHJzL2Uyb0RvYy54bWytVE1y&#10;0zAU3jPDHTTaUztpkzqeJh1KGjYMMBSGtSLJtmZkSSMpsbNkzxW4Qxcs2HGF9EY8SW5ISxddkIXz&#10;JL2/73s/F5d9K9GWWye0muPRSY4RV1Qzoeo5/vJ59arAyHmiGJFa8TnecYcvFy9fXHSm5GPdaMm4&#10;ReBEubIzc9x4b8osc7ThLXEn2nAFj5W2LfFwtHXGLOnAeyuzcZ5Ps05bZqym3Dm4XaZHPHi0z3Go&#10;q0pQvtR003Llk1fLJfEAyTXCOLyI2VYVp/5DVTnukZxjQOrjF4KAvA7fbHFBytoS0wg6pECek8Ij&#10;TC0RCoIeXC2JJ2hjxT+uWkGtdrryJ1S3WQISGQEUo/wRNzcNMTxiAaqdOZDu/p9b+n770SLB5niK&#10;kSItFHz/Y3+7/7n/vf919+3uOyoCR51xJajeGFD2/ZXuoXPu7x1cBuh9ZdvwD6AQvAPDuwPDvPeI&#10;wuVkkk/zYoIRhbez02I0iSXI/lob6/xbrlsUhDm2UMFILNm+cx4yAdV7lYFvthJSIqv9V+GbSFkI&#10;Gx8d2CQBGQ2spWtn6/UbadGWQFOsXl+tilXAAp5rd6w9yeEXHT20WF7PlrMnLUbB4imTx0FirCE5&#10;KRQiYfhGxSzZI0eJ5FCTyDEpvZD8ExAxJGlJhBxSlQp1oDY+h6iIEhjHCsYAxNaAuVN1Sl9LcTB5&#10;iOU4MXesFkheEtckluJTgEzKVnhuo9Rwwq4VQ35noG0UbAscsmk5w0hyWC5BipqeCPkcTaBFqhCE&#10;x9EdCNIbiHjTsA4xEXpiXJzOYEkxAXN8WkBDzaB3iawhIvUWP9kKD1DPzs/O82lqK2kakjCmcieO&#10;B/XYFIfw8XSUWRamInV/kHy/7sE6iGvNdjApG2NF3UDGsY5RHcY4dVpaOWFPHJ9BPl6ziz9QSwME&#10;CgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEA&#10;AAsAAABfcmVscy8ucmVsc6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl&#10;9LajfqHvE//+8JkWtSJLpGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUo&#10;WQzMtZZXrcXNmKx0VDC3zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaO&#10;kqZpiu4eVQe2ZY7uyDbhG7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsD&#10;BBQAAAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jc&#10;wfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y&#10;6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTr&#10;orhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOq&#10;Xwnz5DrgnHtJTxOsQfEKIT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Lt&#10;krp0q+WD6m9QSwECFAAUAAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAAAcBQAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAA&#10;AP4DAABfcmVscy9QSwECFAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAAiBAAA&#10;X3JlbHMvLnJlbHNQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAA&#10;ZHJzL1BLAQIUABQAAAAIAIdO4kC4vI1J1wAAAAkBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93&#10;bnJldi54bWxQSwECFAAUAAAACACHTuJALyfV/KwCAACuBQAADgAAAAAAAAABACAAAAAmAQAAZHJz&#10;L2Uyb0RvYy54bWxQSwUGAAAAAAYABgBZAQAARAYAAAAA&#10;">
-[...4 lines deleted...]
-                <v:shadow on="t" color="#974706" opacity="32768f" offset="1pt,2pt" origin="0f,0f" matrix="65536f,0f,0f,65536f"/>
+              <v:shape w14:anchorId="25B7AB0E" id="Надпись 8" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:23.9pt;margin-top:35pt;width:433.55pt;height:34.5pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBca186mgIAAGcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdDdpk25W3VSUEC4I&#10;EAVxntjeXUte27LdbHLkzivwDhw4cOMV0jdi7E1DWnpAiBw2Y8/fN9/M+OJy0ymyFs5Loys6Oskp&#10;EZoZLnVT0Y8fls8KSnwAzUEZLSq6FZ5ezp8+uehtKcamNYoLRzCI9mVvK9qGYMss86wVHfgTY4VG&#10;ZW1cBwGPrsm4gx6jdyob5/k0643j1hkmvMfbxaCk8xS/rgULb+vai0BURRFbSF+Xvqv4zeYXUDYO&#10;bCvZHgb8A4oOpMakh1ALCEBunPwjVCeZM97U4YSZLjN1LZlINWA1o/xBNdctWJFqQXK8PdDk/19Y&#10;9mb9zhHJKzqlREOHLdp93X3bfd/93P24/Xz7hRSRo976Ek2vLRqHzZXZYK/v7j1extI3teviPxZF&#10;UI9sbw8Mi00gDC8nk3yaFxNKGOrOTovRJLUg++1tnQ+vhOlIFCrqsIOJWFi/9gGRoOmdyZ5vvpRK&#10;EWfCJxnaRFlMm5QefQaBWIOsDdfeNasXypE14FAsn18ti2WsBSM3/th6kuMvBbrvsXg5W8we9RhF&#10;j8dcHiZJufbglNQE4rqMitngTzwDJbAniWMog1TiPRKxB+kglRyhKk16NBufY1bCABeoVhBQ7Cy6&#10;e90M8I2SB5f7tRwD88dmkeQF+HZgKaliyVB2MgiXpFYAf6k5CVuLY6Nxv2lE0wlOiRL4HEQpWQaQ&#10;6m8skRalYxKRVndPkLnBjNct7wmXcSbGxekMnxUucY9PCxyoGc4uqAYzsuDoo6Nwr+rZ+dl5Ph3G&#10;StkWhhqHdg8c783TUBzSp9MRsixuxTD9UQqb1SZt0mEzVoZvcWFurJNNi8CTInnhNg8DN7w88bk4&#10;PqN8/D7OfwEAAP//AwBQSwMEFAAGAAgAAAAhAJkTIyHeAAAACQEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj8FOwzAQRO9I/IO1SFwQtQtRS0KcChVxAiFo4b6NTRKI11G8bcPfs5zgOJrRzJtyNYVeHfyY&#10;ukgW5jMDylMdXUeNhbftw+UNqMRIDvtI3sK3T7CqTk9KLFw80qs/bLhRUkKpQAst81BonerWB0yz&#10;OHgS7yOOAVnk2Gg34lHKQ6+vjFnogB3JQouDX7e+/trsgwX9crGt37un+8+0eFxnz8h507G152fT&#10;3S0o9hP/heEXX9ChEqZd3JNLqreQLYWcLSyNXBI/n2c5qJ0Er3MDuir1/wfVDwAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBca186mgIAAGcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQCZEyMh3gAAAAkBAAAPAAAAAAAAAAAAAAAAAPQEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/wUAAAAA&#10;" fillcolor="#fabf8f" strokecolor="#fabf8f" strokeweight="1pt">
+                <v:fill color2="#fde9d9" angle="135" focus="50%" type="gradient"/>
+                <v:shadow on="t" color="#974706" opacity=".5" offset="1pt"/>
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p>
+                    <w:p w14:paraId="796DE383" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>Префікси для утворення десятинних кратних та часткових одиниць</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="114300" distR="114300">
+              <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="6EE551F9" wp14:editId="6E869EDC">
                 <wp:extent cx="300355" cy="300355"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="8" name="Рисунок 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeAspect="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="300355" cy="300355"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Рисунок 1" o:spid="_x0000_s1026" o:spt="1" style="height:23.65pt;width:23.65pt;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA9wxtEdMAAAAD&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRnBi7SbqliJ2fRQEIsIpan2PM2OSTA7&#10;m2a3Sf33jnrQyzyGN7z3TbY4uVYN1IfGs4HZNAFFXHrbcGXgdfs4uQcVIrLF1jMZ+KQAi/z8LMPU&#10;+pE3NBSxUhLCIUUDdYxdqnUoa3IYpr4jFu/d9w6jrH2lbY+jhLtWXyfJnXbYsDTU2NGypvKjODoD&#10;Y7kedtuXJ72+2q08H1aHZfH2bMzlxSx5ABXpFP+O4Rtf0CEXpr0/sg2qNSCPxJ8p3u38BtT+V3We&#10;6f/s+RdQSwMEFAAAAAgAh07iQAkpaAW3AQAAaQMAAA4AAABkcnMvZTJvRG9jLnhtbK1TwW7UMBC9&#10;I/EPlu9ssq2KULTZCrEqlwoqFT7AdZzEwvZYHu9m94j4ET4DIcE3pH/UsZMubLn0wMWyZ8Zv3ntj&#10;ry731rCdCqjB1Xy5KDlTTkKjXVfzz5+uXr3hDKNwjTDgVM0PCvnl+uWL1eArdQY9mEYFRiAOq8HX&#10;vI/RV0WBsldW4AK8cpRsIVgR6Ri6ogliIHRrirOyfF0MEBofQCpEim6mJJ8Rw3MAoW21VBuQW6tc&#10;nFCDMiKSJOy1R77ObNtWyfixbVFFZmpOSmNeqQnt79JarFei6oLwvZYzBfEcCk80WaEdNT1CbUQU&#10;bBv0P1BWywAIbVxIsMUkJDtCKpblE29ue+FV1kJWoz+ajv8PVn7Y3QSmm5rT2J2wNPDx+/jj/uv9&#10;t/HX+Hv8yZbJo8FjRaW3/iYkleivQX5B5uBdL1yn3qInp+k1pdripDgdcL62b4NN10k22+cZHI4z&#10;UPvIJAXPy/L84oIzSal5nzBF9XjZB4zvFViWNjUP1Dg7L3bXGKfSx5LUy8GVNobiojLuJECYKZLp&#10;TgwT1ztoDuTI1gfd9SeSaAKZyPxa0oj/PmekPz9k/QBQSwMECgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrD&#10;MAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/Wg&#10;MDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0j&#10;B12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxyw&#10;GvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEB&#10;AAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKL&#10;ZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69&#10;KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCu&#10;TyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSU&#10;CayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACH&#10;TuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAAAjBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIU&#10;AAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAAUDAABfcmVscy9QSwECFAAUAAAA&#10;CACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAApAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kD3&#10;DG0R0wAAAAMBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACH&#10;TuJACSloBbcBAABpAwAADgAAAAAAAAABACAAAAAiAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYA&#10;BgBZAQAASwUAAAAA&#10;">
-[...2 lines deleted...]
-                <v:imagedata o:title=""/>
+              <v:rect w14:anchorId="2E801629" id="Рисунок 1" o:spid="_x0000_s1026" style="width:23.65pt;height:23.65pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxbpinoQEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUktOHDEQ3UfiDpb3TPeAiFBrelAUBBtE&#10;kCAHMG6720rbZbnM9MwScRGOEUWCMzQ3ouwZhkzYoWwsuz6v3qvn2cnS9myhAhpwNZ9OSs6Uk9AY&#10;19b8583Z/jFnGIVrRA9O1XylkJ/M977MBl+pA+igb1RgBOKwGnzNuxh9VRQoO2UFTsArR0kNwYpI&#10;z9AWTRADodu+OCjLr8UAofEBpEKk6Ok6yecZX2sl4w+tUUXW15y4xXyGfN6ms5jPRNUG4TsjNzTE&#10;J1hYYRwN3UKdiijYXTAfoKyRARB0nEiwBWhtpMoaSM20/EfNdSe8ylpoOei3a8L/BysvF1eBmabm&#10;ZJQTliwaH8ffL/cvD+PT+Dz+YdO0o8FjRaXX/ioklegvQP5C5uB7J1yrvqGnTZP/qbbYKU4P3LQt&#10;dbCpnWSzZfZgtfVALSOTFDwsy8OjI84kpTb3hCmqt2YfMJ4rsCxdah5ocN68WFxgXJe+laRZDs5M&#10;31NcVL3bCRBmimS6a4aJ6y00K9rInQ+m7XYkkQOZyOa3JIv/fmek9z89fwUAAP//AwBQSwMEFAAG&#10;AAgAAAAhALxgEknaAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj09Lw0AQxe+C32EZwYvYjX9Q&#10;idkUKYhFhGKqPU+zYxLMzqbZbRK/vVM96GUewxve+002n1yrBupD49nAxSwBRVx623Bl4G39eH4H&#10;KkRki61nMvBFAeb58VGGqfUjv9JQxEpJCIcUDdQxdqnWoazJYZj5jli8D987jLL2lbY9jhLuWn2Z&#10;JDfaYcPSUGNHi5rKz2LvDIzlatisX5706myz9Lxb7hbF+7MxpyfTwz2oSFP8O4YDvqBDLkxbv2cb&#10;VGtAHok/U7zr2ytQ21/Veab/s+ffAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADFumKeh&#10;AQAAGwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhALxg&#10;EknaAAAAAwEAAA8AAAAAAAAAAAAAAAAA+wMAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAACBQAAAAA=&#10;" filled="f" stroked="f">
                 <o:lock v:ext="edit" aspectratio="t"/>
-                <w10:wrap type="none"/>
                 <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="114300" distR="114300">
+              <wp:inline distT="0" distB="0" distL="114300" distR="114300" wp14:anchorId="3D896338" wp14:editId="5AB03A94">
                 <wp:extent cx="300355" cy="300355"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="9" name="Рисунок 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks noChangeAspect="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="300355" cy="300355"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr upright="1"/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect id="Рисунок 2" o:spid="_x0000_s1026" o:spt="1" style="height:23.65pt;width:23.65pt;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJA9wxtEdMAAAAD&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRnBi7SbqliJ2fRQEIsIpan2PM2OSTA7&#10;m2a3Sf33jnrQyzyGN7z3TbY4uVYN1IfGs4HZNAFFXHrbcGXgdfs4uQcVIrLF1jMZ+KQAi/z8LMPU&#10;+pE3NBSxUhLCIUUDdYxdqnUoa3IYpr4jFu/d9w6jrH2lbY+jhLtWXyfJnXbYsDTU2NGypvKjODoD&#10;Y7kedtuXJ72+2q08H1aHZfH2bMzlxSx5ABXpFP+O4Rtf0CEXpr0/sg2qNSCPxJ8p3u38BtT+V3We&#10;6f/s+RdQSwMEFAAAAAgAh07iQGY1Zfu3AQAAaQMAAA4AAABkcnMvZTJvRG9jLnhtbK1TwW7UMBC9&#10;I/EPlu9s0q2KINpshViVSwWVCh/gOk5iYXssj3eze0T8CJ+BkOAb0j9i7KQLWy49cLHsmfGb997Y&#10;q8u9NWynAmpwNT9blJwpJ6HRrqv5p49XL15xhlG4RhhwquYHhfxy/fzZavCVWkIPplGBEYjDavA1&#10;72P0VVGg7JUVuACvHCVbCFZEOoauaIIYCN2aYlmWL4sBQuMDSIVI0c2U5DNieAogtK2WagNya5WL&#10;E2pQRkSShL32yNeZbdsqGT+0LarITM1JacwrNaH9XVqL9UpUXRC+13KmIJ5C4ZEmK7SjpkeojYiC&#10;bYP+B8pqGQChjQsJtpiEZEdIxVn5yJvbXniVtZDV6I+m4/+Dle93N4HppuavOXPC0sDHb+P3+y/3&#10;X8ef46/xB1smjwaPFZXe+puQVKK/BvkZmYO3vXCdeoOenKbXlGqLk+J0wPnavg02XSfZbJ9ncDjO&#10;QO0jkxQ8L8vziwvOJKXmfcIU1cNlHzC+U2BZ2tQ8UOPsvNhdY5xKH0pSLwdX2hiKi8q4kwBhpkim&#10;OzFMXO+gOZAjWx90159IoglkIvNrSSP++5yR/vyQ9W9QSwMECgAAAAAAh07iQAAAAAAAAAAAAAAA&#10;AAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVsc6WQwWrD&#10;MAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJLpGxg1/Wg&#10;MDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3zUScbG0j&#10;B12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbhG7lGsxyw&#10;GvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg9wAAAOEB&#10;AAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0CoHGBkTxKL&#10;ZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69&#10;KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC5xDF9pCu&#10;TyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSU&#10;CayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAUAAAACACH&#10;TuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAAAjBAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIU&#10;AAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAAUDAABfcmVscy9QSwECFAAUAAAA&#10;CACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAApAwAAX3JlbHMvLnJlbHNQSwECFAAKAAAA&#10;AACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAIAIdO4kD3&#10;DG0R0wAAAAMBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAUAAAACACH&#10;TuJAZjVl+7cBAABpAwAADgAAAAAAAAABACAAAAAiAQAAZHJzL2Uyb0RvYy54bWxQSwUGAAAAAAYA&#10;BgBZAQAASwUAAAAA&#10;">
-[...2 lines deleted...]
-                <v:imagedata o:title=""/>
+              <v:rect w14:anchorId="5656E9B8" id="Рисунок 2" o:spid="_x0000_s1026" style="width:23.65pt;height:23.65pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBecpVZogEAABsDAAAOAAAAZHJzL2Uyb0RvYy54bWysUs1OGzEQviPxDpbvzS5BVLDKBlVFcEEF&#10;ifYBjNfetbr2WB6TTY5VX4THQEj0GZY36tgJgcCt6mXk+fvm+2Y8O13ani1UQAOu5geTkjPlJDTG&#10;tTX/8f380zFnGIVrRA9O1XylkJ/O9/dmg6/UFDroGxUYgTisBl/zLkZfFQXKTlmBE/DKUVJDsCKS&#10;G9qiCWIgdNsX07L8XAwQGh9AKkSKnq2TfJ7xtVYyXmmNKrK+5sQtZhuyvU22mM9E1QbhOyM3NMQ/&#10;sLDCOBq6hToTUbC7YD5AWSMDIOg4kWAL0NpIlTWQmoPynZqbTniVtdBy0G/XhP8PVn5bXAdmmpqf&#10;cOaEpRON9+PD86/n3+PT+Gd8ZNO0o8FjRaU3/joklegvQf5E5uBrJ1yrvqCnTdP9U22xU5wc3LQt&#10;dbCpnWSzZb7BansDtYxMUvCwLA+PjjiTlNq8E6aoXpp9wHihwLL0qHmgwXnzYnGJcV36UpJmOTg3&#10;fU9xUfVuJ0CYKZLprhkmrrfQrGgjdz6YttuRRBfIRDa/JZ34rZ+RXv/0/C8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC8YBJJ2gAAAAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGL2I1/&#10;UInZFCmIRYRiqj1Ps2MSzM6m2W0Sv71TPehlHsMb3vtNNp9cqwbqQ+PZwMUsAUVcettwZeBt/Xh+&#10;BypEZIutZzLwRQHm+fFRhqn1I7/SUMRKSQiHFA3UMXap1qGsyWGY+Y5YvA/fO4yy9pW2PY4S7lp9&#10;mSQ32mHD0lBjR4uays9i7wyM5WrYrF+e9Opss/S8W+4WxfuzMacn08M9qEhT/DuGA76gQy5MW79n&#10;G1RrQB6JP1O869srUNtf1Xmm/7Pn3wAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBecpVZ&#10;ogEAABsDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC8&#10;YBJJ2gAAAAMBAAAPAAAAAAAAAAAAAAAAAPwDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAAwUAAAAA&#10;" filled="f" stroked="f">
                 <o:lock v:ext="edit" aspectratio="t"/>
-                <w10:wrap type="none"/>
                 <w10:anchorlock/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35C4146F" wp14:editId="3E50C9E8">
             <wp:extent cx="6120765" cy="4540885"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Рисунок 4" descr="http://pomnupi.ru/matem/pristavki_v_fizike.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="4" name="Рисунок 4" descr="http://pomnupi.ru/matem/pristavki_v_fizike.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6117733" cy="4539803"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="78B71C6E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:br w:type="textWrapping"/>
-[...2 lines deleted...]
-    <w:p>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CAA4CB" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3020CAE7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7514BA82" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="37440F14" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="490343DD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1D4F47B5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="057EBD1B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6A2959D2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4F67C327" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5AB67E4A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2617D5E5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7B757313" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="63CCABA4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3DE1A9A4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1535C41C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4AB11D3E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Додаток Б</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="07BBC0C6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Фундаментальні фізичні сталі</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="48DF18F6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="ad"/>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblBorders>
-[...13 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5954"/>
         <w:gridCol w:w="3685"/>
       </w:tblGrid>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="3A272732" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="31CD7594" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Фундаментальні сталі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="32246AEF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Значення, надані в </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="6B310C1E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0B1770E0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Гравітаційна стала  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1D51EE56" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
@@ -15955,104 +16496,88 @@
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/кг</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="415D7950" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="53AAC18D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Швидкість світла в вакуумі  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="58D0125E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -16066,98 +16591,88 @@
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="6E2673B7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3A03D1BF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3. Магнітна стала  µ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3F926481" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>µ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>0</w:t>
@@ -16177,104 +16692,88 @@
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Гн/м</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="29CD804E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="54321EED" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4. Електрична стала  ε</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="21D95639" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ε</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>0</w:t>
@@ -16288,238 +16787,206 @@
               </w:rPr>
               <w:t xml:space="preserve"> = 8,85418782·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-12</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ф/м</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="74579BAB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4BC001A2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Елементарний заряд</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (заряд електрона) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="200B80C4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>е</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 1,6021892·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Кл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="1FB06113" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5FFBDF5D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">6. Постійна Авогадро </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5CB4D085" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -16547,194 +17014,168 @@
               </w:rPr>
               <w:t>23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> моль</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="4AEF7C83" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4C88D8D0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">7. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Постійна Фарадея </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="38F28545" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 96484,56 Кл/моль</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="6F197688" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="60887C43" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">8. Атомна одиниця маси </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>а.о.м.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6F140BE6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 а.о.м.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
@@ -16748,116 +17189,100 @@
               </w:rPr>
               <w:t xml:space="preserve"> 1,6660566·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="56780CA7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3EE52289" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">9. Маса спокою електрону </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="776AC798" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -16875,116 +17300,100 @@
               </w:rPr>
               <w:t xml:space="preserve"> = 9,109534·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-31</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="7286ABE0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="568A3503" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">10. Маса спокою протону </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0F20A5D6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -17002,110 +17411,100 @@
               </w:rPr>
               <w:t xml:space="preserve"> = 1,6726485·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5A2F4EB6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="337CA5DD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">11. Маса спокою нейтрону </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4FF3E1EE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -17123,72 +17522,56 @@
               </w:rPr>
               <w:t xml:space="preserve"> = 1,6749543·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-27</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="6EC5309C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="63EB817E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">12. Стала Планка </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>h</w:t>
@@ -17205,51 +17588,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> ћ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5CD3B5C2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>h</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -17263,51 +17646,51 @@
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>= 6,626176·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-34</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Дж·с</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="40F0BE66" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ћ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
@@ -17342,117 +17725,101 @@
               </w:rPr>
               <w:t xml:space="preserve"> = 1,0545887·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-34</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Дж·с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="02DBE58E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1DE6BD8C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">13. Об’єм 1 моля ідеального газу при нормальних умовах </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3802547D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -17487,214 +17854,182 @@
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/моль</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="4C7014D4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="62F0202E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="49023893" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">14. Універсальна газова стала (молярна газова стала) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="75413DE3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 8,31441 Дж/(моль·К)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="2D1ABD56" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5954" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="310F6226" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">15. Стала Больцмана </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="363512B0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>k</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -17712,290 +18047,288 @@
               <w:t xml:space="preserve"> = 1,380662·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>-23</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Дж/К</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="75DE4615" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="6B339C85" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="36089520" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="024DBB61" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="7B1A280A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="357F037E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="64B5CCEA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2D832C8A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1C506375" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="53043141" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="62E27BD4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="25B55F77" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3A1C1DD7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="63B19121" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2E197887" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2231AF35" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="671B47C3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1C9CF6EF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Додаток В</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4CB9E24D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="122B75A6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Таблиця В.1 - Похідні одиниці системи </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
@@ -18004,1643 +18337,1462 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, найменування і позначення яких утворені з використанням найменувань і позначень основних одиниць </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="284D1455" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="ad"/>
         <w:tblW w:w="9780" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1309"/>
         <w:gridCol w:w="1275"/>
       </w:tblGrid>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="44F9024A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3011CF1B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Величина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5277" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="36430A90" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Одиниця</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="2F6B134A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1FD9B1C4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Найменування</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7D8580B8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-128" w:right="-128"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Розмірність</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="05A80EDB" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Найменування</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2584" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1B4E8C5A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Позначення</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="4500B11B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:vMerge w:val="continue"/>
-[...1 lines deleted...]
-          <w:p>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="39CFD95F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:vMerge w:val="continue"/>
-[...1 lines deleted...]
-          <w:p>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="75D2E308" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:vMerge w:val="continue"/>
-[...1 lines deleted...]
-          <w:p>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="365C9BB9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="19CEDEC0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>міжнародне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="30443DB9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>національне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="12186EBE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="46973CEA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3308AA43" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6E788A3A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="215BD4A0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5AF8B3D9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="51FB88BB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4E5D1982" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Площа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="64A869B0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2BEB807F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>квадратний метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="04AD4FC6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="07DA04EC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5F7C31C7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="39B95436" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Об’єм, місткість</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="15E07323" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5EADBF2F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кубічний метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4A8C5420" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0484389A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="0671BFA3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3A8E8439" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Швидкість</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="08734BE3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4A32FA63" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>метр в секунду</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="20BC8747" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7B9E6410" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="28064409" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="54D19393" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Прискорення</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0717538F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="24ED50AB" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>метр в секунду в квадраті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3F3C810B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m/s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0F2F636F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="34E205F0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="136CD547" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Хвильове число</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="513ECD9F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="71633BE1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>метр в мінус першій ступені</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="06FD0EE4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="353106E3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="2E87CEBC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5E0A8900" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Густина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5536A369" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-              <w:t>кілограм на кубічний метр</w:t>
+          <w:p w14:paraId="2C27C7E4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кілограм на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кубічний метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0D2C3A04" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kg/m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="74BA6A2A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кг</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="00B4BB66" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2B12D758" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Питомий об’єм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0CDC04AB" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -19650,1529 +19802,1393 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6FABC259" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кубічний метр на кілограм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2B4BD34F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="16F644A9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="76FCD043" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3085EDC8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Густина електричного току</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1CFFCE34" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1C9656E1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ампер на квадратний метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4E8FB77D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A/m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7A7F0C03" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="6F95CFF2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5BCEA03C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Напруженість магнітного поля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="20E60E6B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="34C3D293" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ампер на метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5772119D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A/m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4E1AA76D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>A/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="2995CA15" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="61575E77" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Молярна концентрація компонента</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6FCFD644" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-              <w:t>моль на кубічний метр</w:t>
+          <w:p w14:paraId="135BE325" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">моль на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кубічний метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4725C068" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mol/m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0E5337F1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>моль</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="080D711F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="72763D93" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Яскравість</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3D252837" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="55848A8A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кандела на квадратний метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="58C3B1B0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>cd/m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="668499CE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кд/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="64743732" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="06B95A5A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Плаский кут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0FCBE8FE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1CB617E4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>радіан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="10BF4179" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>rad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="143F88EA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>рад</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="0C537673" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="59767039" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Тілесний кут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2FBC2C99" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6107C704" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>стерадіан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="026AD1B4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>sr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="56FB936C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ср</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="3CB9C3B6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="78F3C695" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Частота</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3B1633CC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5DCDE1B7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>герц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3E5903B2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Hz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="77EF91D0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Гц</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5EF20DCC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3D95ED5E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сила</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3BBFF73B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LMT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4E7C623B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ньютон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="14D15C6F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3ED3D07C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Н</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="0D9DBB27" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="07082268" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Тиск</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5E1C9458" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -21182,166 +21198,158 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0973E663" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>паскаль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3E5A2574" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Pa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="235BA38A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Па</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="50385717" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-              <w:t>Енергія, робота, кількість теплоти</w:t>
+          <w:p w14:paraId="77218EB9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Енергія, робота, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кількість теплоти</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5D6D3AF4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -21351,166 +21359,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="427B8446" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>джоуль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="178E3EE9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="47101D14" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Дж</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="2027362E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1C71EA7E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Потужність</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="593DB525" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -21520,307 +21512,275 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2F5B3052" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ватт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5859987F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="003C30C2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вт</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="0D215463" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1B5642EE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Електричний заряд, кількість електрики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="57525982" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0D40C126" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кулон</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="083E7805" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5F8F078B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5498797A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="52AF1B3A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Електрична напруга, електричний потенціал різниця електричних потенціалів, електро-рушійна сила (ЕРС)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="22B461EE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -21849,362 +21809,318 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7D1DA37A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>вольт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="75156C1D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>V</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="51E18AD9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p/>
-    <w:p>
+    <w:p w14:paraId="78792492" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93"/>
+    <w:p w14:paraId="5A7CDA6A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Продовження Таблиці В.1</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="ad"/>
         <w:tblW w:w="9780" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1309"/>
         <w:gridCol w:w="1275"/>
       </w:tblGrid>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="4251E358" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="02D40B93" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1BCCAB92" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="15DEB71E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1C23B16C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="205A4691" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="44BC4708" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5A8B896C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Електрична ємність</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3623E800" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -22252,166 +22168,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1A8813D4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>фарад</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="716D7EF5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="10AC8022" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ф</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="6FC6A610" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="05FDDDF8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Електричний опір</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="77392152" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -22440,158 +22340,148 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="65C049C3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1CDAAB2A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ω</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0BE51E43" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ом</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="6BE33012" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="32DD96B8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Електрична провідність</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="79EBE1B0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -22639,166 +22529,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="693E1CC3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>сіменс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0EE2608D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1D9EB06E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>См</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="6C479067" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="05B800A7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Потік магнітної індукції, магнітний потік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7EFDBF89" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -22827,166 +22701,158 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="67A9E5CD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>вебер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7BE1CD33" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Wb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="208A14AA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вб</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5A8099E1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-              <w:t>Густина магнітного потоку, магнітна індукція</w:t>
+          <w:p w14:paraId="107BA6AC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Густина магнітного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>потоку, магнітна індукція</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="72B5D3A5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -22996,166 +22862,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="448565DD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>тесла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4CA1B21D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="723AF2C6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Тл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="6680DBEF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="129C21A3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Індуктивність, взаємна індуктивність</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0AC315FA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -23184,760 +23034,700 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="792ECE4A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>генри</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="13ACEF1C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6C5DD352" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Гн</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="0BCD2BDF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7882566F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Температура Цельсія</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3B3ACEC5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Θ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5A1B2B83" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>градус Цельсія</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5F613986" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2FE8A9F7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="593FB9B4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5918B3E5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Світловий потік</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="23BA46A3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3C34AB04" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>люмен</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4B917D16" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>lm</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="27789D85" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лм</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="4A6804CE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7CC405AE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Освітленість</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="071AD582" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2B7D81EB" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>люкс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="08EDD5DD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>lx</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="27322952" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>лк</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="39816817" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-              <w:t>Активність нукліда в радіоактивному джерелі (активність радіонукліда)</w:t>
+          <w:p w14:paraId="138D40C2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Активність нукліда в </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>радіоактивному джерелі (активність радіонукліда)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2CFA17DD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="11723468" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>беккерель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="65513952" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Bq</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7810D9D3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Бк</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="4172F632" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="34831EAF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Поглинута доза іонізуючого випромі-нювання, керма</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="253D01BB" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -23947,166 +23737,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="30783AD3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>грей</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0F758CF8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2BADB12E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Гр</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5F9E8CBC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="725BB6C0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Еквівалентна доза іонізуючого випромінювання, ефективна доза іонізуючого випромінювання</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="437ED4BE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
@@ -24117,782 +23891,696 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="73B45390" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>зиверт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="67F6B3A5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Sv</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7E56B65A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Зв</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5423B154" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6089F3D1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Активність каталізатора</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="275B8BDE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>NT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7E118F8C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>катал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="02BCEE24" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="25088D5B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="7856C91E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="346E696D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0ACF593C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4F9F1615" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="251F01D1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="31956EC4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="4CC725C0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0F001AB5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="120D5112" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="23EBE5AD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Таблиця В.2 - Похідні одиниці системи </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, найменування і позначення яких утворені з використанням спеціальних найменувань і позначень, вказаних в Таблиці В.1</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="ad"/>
         <w:tblW w:w="9780" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2943"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="2693"/>
         <w:gridCol w:w="1309"/>
         <w:gridCol w:w="1275"/>
       </w:tblGrid>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="18297D2B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4503" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2BD6D1ED" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Величина</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5277" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6B402DCA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Одиниця</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="10C634F9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0AB3ABEC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Найменування</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="29D73349" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-128" w:right="-128"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Розмірність</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3FD733FD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Найменування</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2584" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3DF23ACA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Позначення</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5FD6AE89" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:vMerge w:val="continue"/>
-[...1 lines deleted...]
-          <w:p>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="1EEAE2EA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
-            <w:vMerge w:val="continue"/>
-[...1 lines deleted...]
-          <w:p>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="340FF629" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
-            <w:vMerge w:val="continue"/>
-[...1 lines deleted...]
-          <w:p>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="636363DA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="76FA7DAE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>міжнародне</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="02B4741A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>національне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="497FCDCF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="49F2943D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Момент сили</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7A2DCA2A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
@@ -24903,332 +24591,300 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="49B19D93" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ньютон-метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3DF6F508" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N·m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="46230B93" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Н</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="63EF8F79" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="47075C02" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Поверхневий натяг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0061A274" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3CA1FAEE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ньютон на метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2D245E8C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N/m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="674BD9CE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Н/м</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="1573C221" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="785FF46A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Динамічна в’язкість</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="14307016" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -25238,532 +24894,490 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2148ACEC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>паскаль-секунда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7C1EA4A9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Pa·s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3E9FD9CF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Па</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="2AD9BA22" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="14EB1CFF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Просторова густина електричного заряду</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1AC40E2C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6E6075EA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кулон на кубічний метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="05987A3D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C/m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="45961CC0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кл/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="6412B600" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7DC66FA8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Електричне зміщення</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="40B680E8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="347C2E4E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кулон на квадратний метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1B094100" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C/m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4D0F6E99" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кл/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="0BA4F881" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3CDD16B6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Напруженість електричного поля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="08BD0F80" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LMT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -25773,166 +25387,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="58084AA2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>вольт на метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="51241E57" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>V/m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="71ACC240" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>В/м</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="65328EF3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="52DE2C07" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Діелектрична проникливість</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="304BE71B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -25980,166 +25578,158 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6AEDB320" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>фарад на метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3BFDB4EE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>F/m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0F12F44B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ф/м</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5179126B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-              <w:t>Магнітна проникливість</w:t>
+          <w:p w14:paraId="5FA2F8D6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магнітна </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>проникливість</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0A310D8D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LMT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -26149,160 +25739,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="16E18B9A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>генрі на метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="65B56151" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>H/m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7A63607A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Гн/м</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="12496FC5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2CC47481" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Питома енергія</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="07B64658" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -26312,167 +25892,151 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="76B54A66" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>джоуль на кілограм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="23F4203F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>J/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6785C7A8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Дж/кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="19B3B4BB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="26519616" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Теплоємність системи, ентропія системи</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="22F78257" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -26501,166 +26065,150 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Θ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0C500DDD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>джоуль на кельвін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="76308AFC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>J/K</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3F50CC20" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Дж/К</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="569D029C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1E2919E4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Питома теплоємність, питома ентропія</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="29D2FCE5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -26698,354 +26246,330 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-              <w:t>джоуль на кілограм-кельвін</w:t>
+          <w:p w14:paraId="1E3CB875" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">джоуль на </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кілограм-кельвін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1A7D1D20" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>J/(kg·K)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4CD30614" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Дж/(кг</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>К)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="1318A0C5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6079F03D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Поверхнева густина потоку енергії</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="41023EA2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0E29AAF7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ватт на квадратний метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6F907E99" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>W/m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1555AE9E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вт/м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5CE5B861" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="32DC4FFA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Теплопровідність</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="48F4FC51" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>LMT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -27055,184 +26579,168 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Θ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="798088BD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ватт на метр-кельвін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="530AA848" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>W/(m·K)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5AE6A21A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вт/(м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>К)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="205AD07A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="73DF4185" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Молярна внутрішня енергія</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="56E174D0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -27261,167 +26769,151 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="224B462D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>джоуль на моль</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3CCFF46E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>J/mol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="10E0EFC3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Дж/моль</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="1AC66A87" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="56FC9A7B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Молярна ентропія, молярна теплоємність</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="33BF496F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-74" w:right="-141"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:vertAlign w:val="superscript"/>
@@ -27470,375 +26962,333 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4C70FE9E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>джоуль на моль-кельвін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="25E4BE54" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-74" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>J/(mol·K)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="53666891" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <m:oMathPara>
               <m:oMath>
                 <m:f>
                   <m:fPr>
                     <m:ctrlPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:i/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </m:ctrlPr>
                   </m:fPr>
                   <m:num>
                     <m:r>
-                      <m:rPr/>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <m:t>Дж</m:t>
                     </m:r>
-                    <m:ctrlPr>
-[...6 lines deleted...]
-                    </m:ctrlPr>
                   </m:num>
                   <m:den>
                     <m:r>
-                      <m:rPr/>
                       <w:rPr>
                         <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Times New Roman"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <m:t>моль∙К</m:t>
                     </m:r>
-                    <m:ctrlPr>
-[...6 lines deleted...]
-                    </m:ctrlPr>
                   </m:den>
                 </m:f>
               </m:oMath>
             </m:oMathPara>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="0B6017EA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="48F18D71" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Експозиційна доза фотонного випроміню-вання (експозиційна доза гама- і рентгенів-ського випромінюв.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="75CBFE11" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>TI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2DDEC019" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кулон на кілограм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="557C448A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C/kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1B5E4A96" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кл/кг</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="56D795FD" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-              <w:t>Потужність поглинаючої дози</w:t>
+          <w:p w14:paraId="00822110" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Потужність </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>поглинаючої дози</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1B3B0701" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -27848,486 +27298,438 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="428880F0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>грей в секунду</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="09C758C9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Gy/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3FA5CDDE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Гр/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="044B403D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="27A1EAAC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кутова швидкість</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="09B48135" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6CCD94FC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>радіан в секунду</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="25D9735F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>rad/s</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="222BC5AD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>рад/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="207EA817" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="55EC1516" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кутове прискорення</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5CF1DE48" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="45E96292" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>радіан на секунду в квадраті</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="257762E4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>rad/s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="70199539" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>рад/с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="3AC9DA1F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="360341EA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сила випромінювання</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="36047364" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
@@ -28337,271 +27739,255 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="63CBA4CF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ватт на стерадіан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="167E7F1B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>W/sr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0DDEE37D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вт/ср</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="4B88132A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6CC1BB70" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Енергетична яскравість</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5F40B245" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>MT</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5003E133" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ватт на стерадіан-квадратний метр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1309" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3FE33D17" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-74" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>W/(sr·m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0BAB73D9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-108" w:right="-109"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вт/(ср</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -28614,5332 +28000,4844 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="3E54091A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Додаток Г</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="38EDF1ED" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1B66F5E1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Співвідношення між деякими одиницями в різних системах одиниць</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="57F377FA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="324E9759" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Таблиця Г.1 – Співвідношення між одиницями довжини</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="0C110FE5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorEastAsia"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="ad"/>
         <w:tblW w:w="9781" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblBorders>
-[...13 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1418"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1545"/>
         <w:gridCol w:w="2141"/>
       </w:tblGrid>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5C807559" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="059B8083" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Одиниця</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="399DDD88" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>м</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="7848903B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(метр)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="12D221DF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Å</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="226A13FF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(ангстрем)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5A8DE903" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>in</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="11310DF5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(дюйм)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="21F118C4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ft</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="394FE9DA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>фут</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="49CB1115" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Naut</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>mile</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="0E5B3803" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(морська миля)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="088138EA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4722C241" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 м</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1B83192C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0F69737F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5B807FB0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>39,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6BAF77C0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4591E168" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5,4·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="45D8AED6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="60710C39" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 Å</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6BEECEC8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="437FB3F6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1527AE06" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,94·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2E4BE4DD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,28·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3097AD1B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5,4·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="02A18441" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="24B83344" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 дюйм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="49938448" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,54·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3B468A0F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,54·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1C2B3B5E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4191376D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8,33·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7B0825DD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,374·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5B3273CA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="095B538F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 фут</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0FA1534C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,305</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3B053383" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,05·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5195F9EC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="01A1C647" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="364048B7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,65·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="26FDAF27" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3990F37C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 м.м.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="08D9B37E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,85·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="22C79B47" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,85·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5E9CB69A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,29·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1545" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3D161A8C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6,08·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2141" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="14053638" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="6D353678" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2D77887D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Таблиця Г.2 – Співвідношення між одиницями сили</w:t>
-[...2 lines deleted...]
-    <w:p>
+        <w:t xml:space="preserve">Таблиця Г.2 – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Співвідношення між одиницями сили</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DBBF6A7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="ad"/>
         <w:tblW w:w="8364" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
-        <w:tblBorders>
-[...13 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5E903EDB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0EF25D4E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Одиниця</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="02F23DC0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Н</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="22379C02" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(Ньютон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4A68C77A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="30B9807E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кгс</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="57832E33" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(кілограм-сила)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5D220EEE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5EC839B7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1Н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="425AF95F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="371D8DD3" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="03D6A91A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,10197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="4162AC67" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7EA39B0C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 дін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="65800C59" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7C66AF3C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0A5D8923" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,10197·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="20C922FE" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="017CB71A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 кгс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2888FF18" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9,80665</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2AAEFA5D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9,80665·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="15C77B12" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="5F502401" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="208225A0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Таблиця Г.3 – Співвідношення між одиницями тиску</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="3BEA3275" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="ad"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
-[...14 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1526"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2563"/>
+        <w:gridCol w:w="1508"/>
+        <w:gridCol w:w="1415"/>
+        <w:gridCol w:w="1267"/>
+        <w:gridCol w:w="1266"/>
+        <w:gridCol w:w="1688"/>
+        <w:gridCol w:w="2485"/>
       </w:tblGrid>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="004D28A2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="229E8959" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Одиниця</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3707E2D1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Па</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="44952A57" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(Паскаль)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="29863136" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дін/см</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1C1AA3C9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="450A0E37" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>атм</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="2DD036AA" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(атмосфера)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2563" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="27CDD3B4" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>мм рт. ст.</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="1E3F5FDB" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(міліметр ртутного стовпчика)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="22CD553F" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2B1C7AB0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 Па</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7E9B6F60" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2C0CC25E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="008959CF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3046FC85" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9,87·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2563" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2E523523" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,5·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="3D9FE1FF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3A4C25B2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 дін/см</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="164EEAA8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(мкбар)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6C8CE7AD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="74A0BDF9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="55A4E979" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="329DB614" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9,87·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2563" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="675EDF0D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,5·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="3229CF61" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="39ADB92C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 бар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="58A5960A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6379DB4B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="54DEA808" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7CE1284C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,987</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2563" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="64D3F34D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,5·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="20F302F2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="09058021" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 атм</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="331114D5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,01·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3158F49D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,01·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3CACFE95" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="53AF61E9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2563" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0A4C01F0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,5·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="2361B633" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1526" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="25C4BE94" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 мм рт. ст.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="07D0043E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,33·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1275" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="523F7525" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,33·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="677DF63D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,33·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1690" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="665C6E48" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,321·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2563" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="02FF9E1F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="76977913" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="2C0CC7BD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Таблиця Г.4 – Співвідношення між одиницями роботи та енергії</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="01575EA1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="ad"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
-[...14 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1805"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2495"/>
+        <w:gridCol w:w="1772"/>
+        <w:gridCol w:w="1807"/>
+        <w:gridCol w:w="1663"/>
+        <w:gridCol w:w="1975"/>
+        <w:gridCol w:w="2412"/>
       </w:tblGrid>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="67F7DFB2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0FD5E61C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Одиниця</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1BE98CAD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Дж</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="69C69948" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(Джоуль)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="02F34BD8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ерг</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="4AB14FD2" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(ерг)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0F500788" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кал</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="0C3DA787" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(калорія)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3450A595" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кВт·г</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="14ED202B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-151" w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(кіловатт за годину)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="22ED0E85" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2B4D93D8" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 Дж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5A2D99B0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="226DD513" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6A93EF19" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,239</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="484890EF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,78·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="42072C42" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="7B52DB28" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 ерг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="34AE7B61" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="24BFF6CE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="736C0A02" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,39·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="12C8F261" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,78·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="730D0B8B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2839C295" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 кал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4AEAA977" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4,19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2774242E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4,19·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2D9CCC68" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="735A877F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,16·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="369CA5F4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1809" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-              <w:t>1 кВт·г</w:t>
+          <w:p w14:paraId="5680CFCD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кВт·г</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="26B0D280" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,6·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="688848F9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3,6·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4F645571" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8,6·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2508" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="572EB9D9" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="32975F9A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Таблиця Г.5 – Співвідношення між одиницями потужності</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="743B683D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="ad"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
-[...14 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1976"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1971"/>
+        <w:gridCol w:w="1936"/>
+        <w:gridCol w:w="1922"/>
+        <w:gridCol w:w="1923"/>
+        <w:gridCol w:w="1923"/>
+        <w:gridCol w:w="1925"/>
       </w:tblGrid>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="72A6F4D2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="261AEF70" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Одиниця</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="72605827" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Вт</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="7522C068" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(ватт)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="513C59E1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ерг/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="1350EF92" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>кал/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="23037DEC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>к.с.</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="58027DF5" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(кінська сила)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="468B7B5D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0A0B0DCF" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 Вт</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="651D78DE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="36B2BF1B" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="025A3C37" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,239</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5AC4AF71" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,36·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="7839BEBB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="70086C2F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 ерг/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0E2B3945" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2B40B8A6" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="6CF89510" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2,39·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="177B8213" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,36·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="2CC6A7F7" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5A57161A" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 кал/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="59F7BB2F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4,19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0FD4EED1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4,19·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="76DA7B40" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="36B73059" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5,69·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="34A67C9B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5C267C34" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1 к.с.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2027" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4B77D00D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,36·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="4E75518C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>7,36·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="05C64500" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1,75·10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2028" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="2251BC03" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="72072504" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="1723FB13" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Таблиця Г.6 – Переклад одиниць температури</w:t>
       </w:r>
     </w:p>
-    <w:p>
+    <w:p w14:paraId="5A63BBAD" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="20"/>
+        <w:tblStyle w:val="ad"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="0" w:type="dxa"/>
-[...14 lines deleted...]
-        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3297"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3293"/>
+        <w:gridCol w:w="3231"/>
+        <w:gridCol w:w="3174"/>
+        <w:gridCol w:w="3224"/>
       </w:tblGrid>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5B47AD5D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="3F23C965" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Найменування</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="5AF1F098" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Значення в метричній системі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3380" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="0EA7ED4F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Зворотнє співвідношення</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="0C45BA89" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="67D2B56E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Температура </w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="19872557" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>за Фаренгейтом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="70B02F0D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(°F) = 9/5·(</w:t>
@@ -33957,1227 +32855,1132 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>) + 32),</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="320A0B9F" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">де </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(°F) – температура за шкалою Фаренгейта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3380" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
+          <w:p w14:paraId="466C9D04" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>) = 5/9·(</w:t>
+              <w:t xml:space="preserve">) = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5/9·(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>) – 32),</w:t>
             </w:r>
           </w:p>
-          <w:p>
+          <w:p w14:paraId="4FD07C84" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">де </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">(°С) – температура за шкалою Цельсія </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="0B7852E1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="6A11C06E" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Температура </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="461031AC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>за Реомюром</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="764E7B08" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Т(°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>) = 4/5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>·</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Т(°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>),</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="3BD2E328" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">де </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>) – температура за шкалою Реомюра</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3380" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="24615C1C" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Т(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>°) = 5/4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>·Т(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>°),</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="46176B33" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="30ED70F4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="221042EE" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Температура </w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="64E458FC" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>за абсолютною шкалою</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="2736A20D" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Т(°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>) = Т(°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>) + 273,16,</w:t>
             </w:r>
           </w:p>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="75F392C7" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>де Т(°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>K</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>) – температура за шкалою Кельвіна</w:t>
+              <w:t xml:space="preserve">) – </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>температура за шкалою Кельвіна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3380" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="1C52D621" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Т(°С) = Т(°К) - 273,16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="2142896D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="201306A0" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Співвідношення </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">температурних </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>шкал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="14F1F4A1" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>n</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>) = 0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">,8n(°R) = </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>(1,8n + 32)°F</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
-[...15 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00902D93" w14:paraId="5F3C8AAB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3379" w:type="dxa"/>
-            <w:vMerge w:val="continue"/>
+            <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="109ED246" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6759" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="37F57955" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="000E6741">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">0 °C = 273,16 °K = 32 °F </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
+    <w:p w14:paraId="30A0A554" w14:textId="77777777" w:rsidR="00902D93" w:rsidRDefault="00902D93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr>
+    <w:sectPr w:rsidR="00902D93">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1133" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708" w:num="1"/>
-      <w:docGrid w:linePitch="360" w:charSpace="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-[...1 lines deleted...]
-    <w:p>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="31E09D77" w14:textId="77777777" w:rsidR="000E6741" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="2422B453" w14:textId="77777777" w:rsidR="000E6741" w:rsidRDefault="000E6741">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="宋体">
-[...3 lines deleted...]
-    <w:family w:val="auto"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
-    <w:pitch w:val="default"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...18 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="200101FF" w:csb1="20280000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...12 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="default"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="6E3BCDA8" w14:textId="77777777" w:rsidR="000E6741" w:rsidRDefault="000E6741">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="1">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="45546722" w14:textId="77777777" w:rsidR="000E6741" w:rsidRDefault="000E6741">
+      <w:pPr>
+        <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F556709"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6F556709"/>
-    <w:lvl w:ilvl="0" w:tentative="0">
+    <w:lvl w:ilvl="0">
       <w:start w:val="4"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4536" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:eastAsiaTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="0">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5256" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="0">
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5976" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="0">
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6696" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="0">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7416" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="0">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8136" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="0">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8856" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="0">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9576" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tentative="0">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="10296" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-[...1 lines deleted...]
-  <w:documentProtection w:enforcement="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
+    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00191A5D"/>
     <w:rsid w:val="00002E65"/>
     <w:rsid w:val="00006C3C"/>
     <w:rsid w:val="00006DAC"/>
     <w:rsid w:val="00012E9B"/>
     <w:rsid w:val="000138C9"/>
     <w:rsid w:val="000228F4"/>
     <w:rsid w:val="00027801"/>
     <w:rsid w:val="00034FFF"/>
     <w:rsid w:val="00036CFE"/>
     <w:rsid w:val="00037829"/>
     <w:rsid w:val="00037ED9"/>
     <w:rsid w:val="000400BD"/>
     <w:rsid w:val="00042086"/>
     <w:rsid w:val="0004449E"/>
     <w:rsid w:val="00044EBB"/>
     <w:rsid w:val="00046B60"/>
     <w:rsid w:val="00047930"/>
     <w:rsid w:val="00055B44"/>
     <w:rsid w:val="00062E61"/>
     <w:rsid w:val="00063DE4"/>
     <w:rsid w:val="00064614"/>
     <w:rsid w:val="00066927"/>
@@ -35185,50 +33988,51 @@
     <w:rsid w:val="00067C00"/>
     <w:rsid w:val="00070D9A"/>
     <w:rsid w:val="00071452"/>
     <w:rsid w:val="00073B07"/>
     <w:rsid w:val="00074E0F"/>
     <w:rsid w:val="0008073F"/>
     <w:rsid w:val="00080BF7"/>
     <w:rsid w:val="00085E3B"/>
     <w:rsid w:val="000871B3"/>
     <w:rsid w:val="00090538"/>
     <w:rsid w:val="000905D1"/>
     <w:rsid w:val="000922CB"/>
     <w:rsid w:val="00092488"/>
     <w:rsid w:val="00092C52"/>
     <w:rsid w:val="000B13AA"/>
     <w:rsid w:val="000B4FCB"/>
     <w:rsid w:val="000B521F"/>
     <w:rsid w:val="000C155A"/>
     <w:rsid w:val="000C3840"/>
     <w:rsid w:val="000C58F6"/>
     <w:rsid w:val="000D4036"/>
     <w:rsid w:val="000E0681"/>
     <w:rsid w:val="000E4433"/>
     <w:rsid w:val="000E4F25"/>
     <w:rsid w:val="000E639F"/>
+    <w:rsid w:val="000E6741"/>
     <w:rsid w:val="000F1C24"/>
     <w:rsid w:val="000F5D5C"/>
     <w:rsid w:val="00102825"/>
     <w:rsid w:val="00105398"/>
     <w:rsid w:val="00106773"/>
     <w:rsid w:val="001106C4"/>
     <w:rsid w:val="001122E1"/>
     <w:rsid w:val="001148A1"/>
     <w:rsid w:val="00121B66"/>
     <w:rsid w:val="0012313F"/>
     <w:rsid w:val="00130BE8"/>
     <w:rsid w:val="00132FD7"/>
     <w:rsid w:val="0013708C"/>
     <w:rsid w:val="00141D8B"/>
     <w:rsid w:val="00142827"/>
     <w:rsid w:val="00143DBD"/>
     <w:rsid w:val="00145C9B"/>
     <w:rsid w:val="001603A4"/>
     <w:rsid w:val="00162788"/>
     <w:rsid w:val="00165B9E"/>
     <w:rsid w:val="00166B46"/>
     <w:rsid w:val="00167473"/>
     <w:rsid w:val="0018038D"/>
     <w:rsid w:val="00180658"/>
     <w:rsid w:val="00186737"/>
@@ -35560,50 +34364,51 @@
     <w:rsid w:val="00892398"/>
     <w:rsid w:val="00892B62"/>
     <w:rsid w:val="00894BBF"/>
     <w:rsid w:val="008955D7"/>
     <w:rsid w:val="00895C07"/>
     <w:rsid w:val="00896C0C"/>
     <w:rsid w:val="00897F2C"/>
     <w:rsid w:val="008A11A6"/>
     <w:rsid w:val="008A22D5"/>
     <w:rsid w:val="008A2C41"/>
     <w:rsid w:val="008A3829"/>
     <w:rsid w:val="008A465F"/>
     <w:rsid w:val="008B0FC1"/>
     <w:rsid w:val="008B1EDF"/>
     <w:rsid w:val="008C2751"/>
     <w:rsid w:val="008C54FF"/>
     <w:rsid w:val="008C7B0B"/>
     <w:rsid w:val="008D18F4"/>
     <w:rsid w:val="008D62C0"/>
     <w:rsid w:val="008D63E2"/>
     <w:rsid w:val="008D658C"/>
     <w:rsid w:val="008E106E"/>
     <w:rsid w:val="008F1041"/>
     <w:rsid w:val="008F2854"/>
     <w:rsid w:val="008F4B39"/>
+    <w:rsid w:val="00902D93"/>
     <w:rsid w:val="00913F80"/>
     <w:rsid w:val="009152EC"/>
     <w:rsid w:val="00921F7B"/>
     <w:rsid w:val="0092416F"/>
     <w:rsid w:val="009260DB"/>
     <w:rsid w:val="009340A4"/>
     <w:rsid w:val="00942096"/>
     <w:rsid w:val="00943409"/>
     <w:rsid w:val="00950A39"/>
     <w:rsid w:val="00961E72"/>
     <w:rsid w:val="00966629"/>
     <w:rsid w:val="0097018D"/>
     <w:rsid w:val="00972BED"/>
     <w:rsid w:val="00975214"/>
     <w:rsid w:val="00980286"/>
     <w:rsid w:val="00981BBF"/>
     <w:rsid w:val="009839C8"/>
     <w:rsid w:val="0099007C"/>
     <w:rsid w:val="009915E8"/>
     <w:rsid w:val="009A56CF"/>
     <w:rsid w:val="009B2480"/>
     <w:rsid w:val="009B42F7"/>
     <w:rsid w:val="009B4A8F"/>
     <w:rsid w:val="009C1755"/>
     <w:rsid w:val="009D02E5"/>
@@ -35702,50 +34507,51 @@
     <w:rsid w:val="00C017CE"/>
     <w:rsid w:val="00C24DFE"/>
     <w:rsid w:val="00C3017A"/>
     <w:rsid w:val="00C320D0"/>
     <w:rsid w:val="00C3705C"/>
     <w:rsid w:val="00C446A1"/>
     <w:rsid w:val="00C60BAA"/>
     <w:rsid w:val="00C61A14"/>
     <w:rsid w:val="00C66C6F"/>
     <w:rsid w:val="00C84D9E"/>
     <w:rsid w:val="00C92C81"/>
     <w:rsid w:val="00C9358E"/>
     <w:rsid w:val="00CA079D"/>
     <w:rsid w:val="00CA0A7E"/>
     <w:rsid w:val="00CA63E0"/>
     <w:rsid w:val="00CA6970"/>
     <w:rsid w:val="00CC1204"/>
     <w:rsid w:val="00CC354A"/>
     <w:rsid w:val="00CC6DD5"/>
     <w:rsid w:val="00CD28E2"/>
     <w:rsid w:val="00CE0852"/>
     <w:rsid w:val="00CE1515"/>
     <w:rsid w:val="00CE37D8"/>
     <w:rsid w:val="00CE7529"/>
     <w:rsid w:val="00CF488A"/>
+    <w:rsid w:val="00CF57FE"/>
     <w:rsid w:val="00CF5A8B"/>
     <w:rsid w:val="00D0073F"/>
     <w:rsid w:val="00D02048"/>
     <w:rsid w:val="00D037E1"/>
     <w:rsid w:val="00D05E88"/>
     <w:rsid w:val="00D11444"/>
     <w:rsid w:val="00D124C8"/>
     <w:rsid w:val="00D16450"/>
     <w:rsid w:val="00D22112"/>
     <w:rsid w:val="00D2739B"/>
     <w:rsid w:val="00D277FD"/>
     <w:rsid w:val="00D300C1"/>
     <w:rsid w:val="00D30C0B"/>
     <w:rsid w:val="00D311D8"/>
     <w:rsid w:val="00D34D4A"/>
     <w:rsid w:val="00D40EA3"/>
     <w:rsid w:val="00D52F3E"/>
     <w:rsid w:val="00D64241"/>
     <w:rsid w:val="00D64C75"/>
     <w:rsid w:val="00D6677C"/>
     <w:rsid w:val="00D67CAE"/>
     <w:rsid w:val="00D7201D"/>
     <w:rsid w:val="00D75396"/>
     <w:rsid w:val="00D800A0"/>
     <w:rsid w:val="00D82845"/>
@@ -35865,924 +34671,1144 @@
     <w:rsid w:val="00FD3E79"/>
     <w:rsid w:val="00FD5A05"/>
     <w:rsid w:val="00FE0278"/>
     <w:rsid w:val="00FE0C48"/>
     <w:rsid w:val="00FE6DD7"/>
     <w:rsid w:val="00FF1599"/>
     <w:rsid w:val="00FF356E"/>
     <w:rsid w:val="7344110B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
-[...1 lines deleted...]
-      <v:stroke color="#000000"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026" fillcolor="white">
+      <v:fill color="white"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="75D33E0E"/>
+  <w15:docId w15:val="{50365019-73D0-4124-A86E-32CA4EAA11F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:lang w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
-[...154 lines deleted...]
-    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="30" w:semiHidden="0" w:name="Intense Quote"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="1">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="uk-UA" w:eastAsia="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="22"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="366091" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="23"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="24"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="5">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="25"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="6">
+  <w:style w:type="paragraph" w:styleId="5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="26"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="50"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="243F61" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="7">
+  <w:style w:type="paragraph" w:styleId="6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="27"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="60"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="243F61" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="8">
+  <w:style w:type="paragraph" w:styleId="7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="28"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="70"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="3F3F3F" w:themeColor="text1" w:themeTint="BF"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="9">
+  <w:style w:type="paragraph" w:styleId="8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="29"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="80"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="10">
+  <w:style w:type="paragraph" w:styleId="9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="30"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="90"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="3F3F3F" w:themeColor="text1" w:themeTint="BF"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="11">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="12">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="13">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="11"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
     <w:qFormat/>
-    <w:uiPriority w:val="20"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="14">
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="11"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="15">
+  <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="11"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:uiPriority w:val="22"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="16">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="1"/>
-    <w:link w:val="44"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="17">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="1"/>
-    <w:next w:val="1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="35"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="18">
+  <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="31"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:uiPriority w:val="10"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="19">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="32"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="ac"/>
+    <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:uiPriority w:val="11"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="20">
+  <w:style w:type="table" w:styleId="ad">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="12"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
     <w:qFormat/>
-    <w:uiPriority w:val="59"/>
-[...2 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="21">
+  <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:uiPriority w:val="1"/>
-[...2 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
-    <w:basedOn w:val="11"/>
-    <w:link w:val="2"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
-      <w:color w:val="366091" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="23">
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
-    <w:basedOn w:val="11"/>
-    <w:link w:val="3"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="24">
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
-    <w:basedOn w:val="11"/>
-    <w:link w:val="4"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="25">
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
     <w:name w:val="Заголовок 4 Знак"/>
-    <w:basedOn w:val="11"/>
-    <w:link w:val="5"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="26">
+  <w:style w:type="character" w:customStyle="1" w:styleId="50">
     <w:name w:val="Заголовок 5 Знак"/>
-    <w:basedOn w:val="11"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="60">
+    <w:name w:val="Заголовок 6 Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="6"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="243F61" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="27">
-[...1 lines deleted...]
-    <w:basedOn w:val="11"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="70">
+    <w:name w:val="Заголовок 7 Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="7"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="243F61" w:themeColor="accent1" w:themeShade="7F"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="28">
-[...1 lines deleted...]
-    <w:basedOn w:val="11"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="80">
+    <w:name w:val="Заголовок 8 Знак"/>
+    <w:basedOn w:val="a0"/>
     <w:link w:val="8"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...11 lines deleted...]
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+  <w:style w:type="character" w:customStyle="1" w:styleId="90">
     <w:name w:val="Заголовок 9 Знак"/>
-    <w:basedOn w:val="11"/>
-    <w:link w:val="10"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="9"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:uiPriority w:val="9"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="3F3F3F" w:themeColor="text1" w:themeTint="BF"/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="31">
-[...2 lines deleted...]
-    <w:link w:val="18"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="32">
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Подзаголовок Знак"/>
-    <w:basedOn w:val="11"/>
-    <w:link w:val="19"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="33">
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="1"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:uiPriority w:val="34"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="34">
+  <w:style w:type="paragraph" w:styleId="21">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="35"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="22"/>
+    <w:uiPriority w:val="29"/>
     <w:qFormat/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="22">
+    <w:name w:val="Цитата 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="21"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="35">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="36">
+  <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="1"/>
-[...1 lines deleted...]
-    <w:link w:val="37"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="af1"/>
+    <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:uiPriority w:val="30"/>
     <w:pPr>
       <w:pBdr>
-        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
       <w:spacing w:before="200" w:after="280"/>
       <w:ind w:left="936" w:right="936"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="37">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
     <w:name w:val="Выделенная цитата Знак"/>
-    <w:basedOn w:val="11"/>
-    <w:link w:val="36"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af0"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="38">
-[...1 lines deleted...]
-    <w:basedOn w:val="11"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Слабое выделение1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="19"/>
     <w:qFormat/>
-    <w:uiPriority w:val="19"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="7F"/>
+      <w:color w:val="808080" w:themeColor="text1" w:themeTint="7F"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="39">
-[...1 lines deleted...]
-    <w:basedOn w:val="11"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Сильное выделение1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:uiPriority w:val="21"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...1 lines deleted...]
-    <w:basedOn w:val="11"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Слабая ссылка1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="31"/>
     <w:qFormat/>
-    <w:uiPriority w:val="31"/>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="C0504D" w:themeColor="accent2"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="41">
-[...1 lines deleted...]
-    <w:basedOn w:val="11"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="14">
+    <w:name w:val="Сильная ссылка1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:uiPriority w:val="32"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="C0504D" w:themeColor="accent2"/>
       <w:spacing w:val="5"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="42">
-[...1 lines deleted...]
-    <w:basedOn w:val="11"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Название книги1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="33"/>
     <w:qFormat/>
-    <w:uiPriority w:val="33"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="43">
-[...2 lines deleted...]
-    <w:next w:val="1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16">
+    <w:name w:val="Заголовок оглавления1"/>
+    <w:basedOn w:val="1"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:uiPriority w:val="39"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="44">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
-    <w:basedOn w:val="11"/>
-    <w:link w:val="16"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="45">
+  <w:style w:type="character" w:styleId="af2">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="11"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex"/>
+</file>
+
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -37020,103 +36046,109 @@
           </a:path>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1026"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F367A19-3606-4797-B1A9-30A638762A80}">
-  <ds:schemaRefs/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C68678EF-6A62-4287-A86A-1492E9138327}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
-  <Company>Microsoft</Company>
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
   <Pages>23</Pages>
-  <Words>6212</Words>
-  <Characters>35410</Characters>
+  <Words>6211</Words>
+  <Characters>35408</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
   <Lines>295</Lines>
   <Paragraphs>83</Paragraphs>
-  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
+  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41539</CharactersWithSpaces>
-[...1 lines deleted...]
-  <DocSecurity>0</DocSecurity>
+  <CharactersWithSpaces>41536</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Tamara</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
     <vt:lpwstr>1049-11.2.0.11537</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>51AD36DBDF9A49238813A89F1508E704</vt:lpwstr>
   </property>
 </Properties>
 </file>